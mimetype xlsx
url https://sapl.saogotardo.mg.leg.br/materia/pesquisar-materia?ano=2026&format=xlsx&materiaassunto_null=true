--- v0 (2026-01-26)
+++ v1 (2026-03-12)
@@ -10,171 +10,868 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="554" uniqueCount="269">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>542</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária</t>
+  </si>
+  <si>
+    <t>Makoto Sekita</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/542/projeto03.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o repasse de recursos financeiros do Fundo Municipal dos Direitos da Pessoa Idosa (FID) às Organizações da Sociedade Civil selecionadas pelo Edital nº 01/2025/CMDPI/FID e dá outras providências.</t>
+  </si>
+  <si>
+    <t>543</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/543/projeto04.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a concessão de subvenção social e contribuições conforme o caso às entidades que menciona e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>544</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/544/projeto05.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO, CRIA NOVOS ARTIGOS E REVOGA ARTIGOS NO CÓDIGO DE OBRAS E DE EDIFICAÇÕES DE SÃO GOTARDO/MG, LEI COMPLEMENTAR N.° 233, DE 20 DE SETEMBRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>545</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/545/projeto06.pdf</t>
+  </si>
+  <si>
+    <t>Altera o caput do art. 7º da Lei Municipal nº 2.212, de 24 de abril de 2017, para readequar a composição do Conselho Municipal de Saúde de São Gotardo e dá outras providências.</t>
+  </si>
+  <si>
+    <t>546</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/546/projeto07.pdf</t>
+  </si>
+  <si>
+    <t>Altera artigos da Lei Complementar nº 245/2025, com a criação e extinção de cargos e vagas, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>570</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>FERNANDO ALBUQUERQUE</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Altera a redação dos Artigos 1º e 2° da Lei Municipal nº 2.896, de 06 de novembro de 2025, para incluir o Lúpus Eritematoso Sistêmico nas ações de_x000D_
+conscientização do mês "Fevereiro Roxo" no Município de São Gotardo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>571</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Institui a campanha Janeiro Branco no Calendário Oficial de Datas e Eventos do Município de São Gotardo e dá outras providências.</t>
+  </si>
+  <si>
+    <t>572</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/572/projeto_de_lei_10_de_02_de_fevereiro_de_2026_rotated_1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o direito das pessoas com Transtorno do Espectro Autista (TEA) e ingressar de alimentar seletividade com neurodivergências outras e_x000D_
+alimentos portando coletivo uso de privados e públicos locais em permanecer outras dá e Município, no pessoal uso de utensílios e próprio consumo para uso pessoal no município e dá outras providências.</t>
+  </si>
+  <si>
+    <t>573</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/573/projeto_de_lei_11_de_03_de_fevereiro_de_2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza abertura de crédito adicional suplementar por superávit financeiro no orçamento vigente, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>579</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/579/pl_12-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de Crédito Especial ao Orçamento Geral do município de São Gotardo, em favor da Secretaria Municipal de Planejamento e Gestão e dá outras providências.</t>
+  </si>
+  <si>
+    <t>580</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>SARGENTO MADEIRA</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/580/pl_13-2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política Municipal de Prevenção e Enfrentamento à Violência contra Crianças e Adolescentes no município de São Gotardo, estabelece a obrigatoriedade de divulgação dos canais de denúncia em estabelecimentos privados e dá outras providências.</t>
+  </si>
+  <si>
+    <t>581</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/581/1o_subst._ao_14-2026.pdf</t>
+  </si>
+  <si>
+    <t>1º SUBSTITUTIVO AO PROJETO DE LEI ORDINARIA Nº 14/2026_x000D_
+Dispões sobre a remuneração dos profissionais da administração e do quadro do magistério do poder executivo de São Gotardo, autoriza a recomposição salarial e revisão geral anual dos vencimentos dos servidores ativos, inativos e pensionistas e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>584</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/584/pl_17-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito suplementar ao orçamento geral do município de São Gotardo, em favor das Secretarias Municipais e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>585</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/585/pl_18-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a concessão de subvenção social e contribuições, conforme o caso à entidade que menciona e, dá outras providências.</t>
+  </si>
+  <si>
+    <t>586</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/586/plo_19-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as diretrizes de transparência, rastreabilidade e fiscalização parlamentar dos consórcios públicos no âmbito do município de São Gotardo e dá outras providências.</t>
+  </si>
+  <si>
+    <t>602</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/602/260304122832.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito suplementar ao orçamento geral do município de São Gotardo,  em favor das secretarias municipais e dá outras providências.</t>
+  </si>
+  <si>
+    <t>603</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/603/260304124506.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o município de São Gotardo/MG prestar apoio aos municípios da Zona da Mata do Estado de Minas Gerais em situação de calamidade pública ou emergência e dá outras providências.</t>
+  </si>
+  <si>
+    <t>604</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>RENÊ DA FARMÁCIA</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/604/pl_22-2026.pdf</t>
+  </si>
+  <si>
+    <t>Declara de utilidade Pública a Associação Esportiva Leões da Vil - Vila Nova F.C. CNPJ: 60.005.697/0001-15 e dá outras providências.</t>
+  </si>
+  <si>
     <t>540</t>
   </si>
   <si>
-    <t>2026</t>
-[...1 lines deleted...]
-  <si>
     <t>1</t>
   </si>
   <si>
-    <t>PLO</t>
-[...8 lines deleted...]
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/540/projeto01_1.pdf</t>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/540/projeto01_1.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO E CRIA NOVOS ARTIGOS NO CÓDIGO DE SAÚDE PÚBLICA E VIGILÂNCIA SANITÁRIA DE SÃO GOTARDO/MG, LEI N.° 1404, DE 26 DE AGOSTO DE 1999, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>601</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/601/plcomplementar_15_.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o pagamento de complemento de regência de sala ao ocupante do cargo de Instrutor de Informática (ou técnico em informática da educação), quando designado para regência de turma e possuidor de ensino superior completo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>583</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/583/pl_complementar_16.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 92,  de 29 de dezembro de 2009, que dispõe sobre o Plano de Cargos, Carreiras e Remuneração dos Profissionais da Educação do Município de São Gotardo/MG para equiparar o cargo de Professor Auxiliar de Educação Infantil ao cargo de Professor PI, em conformidade  com a Lei Federal nº 15.326 de 06 de janeiro de 2026.</t>
+  </si>
+  <si>
     <t>541</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/541/projeto02.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/541/projeto02.pdf</t>
   </si>
   <si>
     <t>Desafeta áreas de terreno institucional situadas no Loteamento Portal das Palmeiras, autoriza sua alienação mediante leilão público e dá outras_x000D_
 providências.</t>
   </si>
   <si>
-    <t>542</t>
-[...56 lines deleted...]
-    <t>Altera artigos da Lei Complementar nº 245/2025, com a criação e extinção de cargos e vagas, e dá outras providências.</t>
+    <t>574</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>RITHELLE SILVA, ADRIANO LEONEL, RENÊ DA FARMÁCIA, ROBERTINHO DA GARAGEM</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/574/260206135027_rotated.pdf</t>
+  </si>
+  <si>
+    <t>Fixa o calendário das Reuniões Ordinárias da Sessão Legislativa do ano de 2026 e dá outras providências</t>
+  </si>
+  <si>
+    <t>587</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>MARCOS PAULO MARCÃO</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/587/req_01-2026.pdf</t>
+  </si>
+  <si>
+    <t>Realização de um estudo de impacto orçamentatário-financeiro detalhado referente à criação e manutenção de um programa de apoio psicológico voltado especificamente aos protetores de animais.</t>
+  </si>
+  <si>
+    <t>547</t>
+  </si>
+  <si>
+    <t>IN</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>ROBERTINHO DA GARAGEM</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL ESTUDE COM URGÊNCIA A NECESSIDADE DE REALIZAÇÃO DE ESTUDOS TÉCNICOS DE ENGENHARIA VISANDO A REFORMA ESTRUTURAL OU A SUBTITUIÇÃO INTEGRAL DA DENOMINADA PONTE DO CAPÃO, LOCALIZADA EM VIA ESTRATÉGICA À COMUNIDADE RURAL "CHACREAMENTO DO CAPÃO", E BAIRROS ADJACENTES.</t>
+  </si>
+  <si>
+    <t>548</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/548/indicacao_02-2026.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER PÚBLICO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, REALIZE O ASFALTAMENTO COMPLETO DO TRECHO CONHECIDO COMO MORRO DO FERREIRA, GARANTINDO A PAVIMENTAÇÃO EM AMBOS OS LADOS DA ELEVAÇÃO, ATENDENDO ÀS DEMANDAS DE MOBILIDADE E SEGURANÇA DA COMUNIDADE PRÓXIMA AO ZORÓ.</t>
+  </si>
+  <si>
+    <t>549</t>
+  </si>
+  <si>
+    <t>FERNANDO ALBUQUERQUE, TICUMCUM SILVÉRIO</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/549/indicacao_03-2026.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER PÚBLICO MUNICIPAL REALIZE ESTUDOS TÉCNICOS E JURÍDICOS E POSTERIORMENTE, ENCAMINHAR PROJETO DE LEI A ESTA CASA LEGISLATIVA VISANDO AUTORIZAR A RECOMPOSIÇÃO DA CONTAGEM DE TEMPO DE SERVIÇO E O PAGAMENTO DOS RETROATIVOS CORRESPONDENTES AOS SERVIDORES PÚBLICOS MUNICIPAIS, REFERENTE AO PERÍODO EM QUE TAIS ESTIVERAM SUSPENSOS POR FORÇA DA LEI COMPLEMENTAR FEDERAL Nº 173/2020.</t>
+  </si>
+  <si>
+    <t>551</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO ANALISE A VIABILIDADE TÉCNICA E FINANCEIRA PARA A CONSTRUÇÃO PARA A CONSTRUÇÃO DE UM PARQUE MULTISSENSORIAL NO PARQUE DOS IPÊS. SUGERE-SE COMO LOCAL A ÁREA ADJACENTE AO PARQUINHO INFANTIL, PRÓXIMO À PISTA DE SKATE, OU OUTRO PONTO ESTRATÉGICO QUE A SECRETARIA COMPETENTE CONSIDERE ADEQUADO PARA A INTEGRAÇÃO DO EQUIPAMENTO AO COMPLEXO DE LAZER.</t>
+  </si>
+  <si>
+    <t>552</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO, ATRAVÉS DO SEU CHEFE, ELABORE E ENVIE A ESTE PODER LEGISLATIVO UM PROJETO DE LEI QUE DISPONHA SOBRE A ISENÇÃO DO IMPOSTO SOBRE A PROPRIEDADE PREDIAL E TERRITORIAL URBANA(IPTU) PARA IMÓVEIS QUE SIRVAM DE RESIDÊNCIA A PESSOAS DIAGNOSTICADAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA), OU AOS SEUS RESPECTIVOS PAIS E RESPONSÁVEIS LEGAIS.</t>
+  </si>
+  <si>
+    <t>553</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL ELABORE E ENCAMINHE A ESTA CASA LEGISLATIVA PROJETO DE LEI DISPONDO SOBRE A ISENÇÃO DE IMPOSTOS E TAXAS MUNICIPAIS PARA AS ORGANIZAÇÕES DA SOCIEDADE CIVIL(OSC's) QUE MANTENHAM PARCERIAS VIGENTES COM A ADMINISTRAÇÃO PÚBLICA.</t>
+  </si>
+  <si>
+    <t>554</t>
+  </si>
+  <si>
+    <t>JOÃO PIRRAÇA</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da Secretaria Municipal de Obras Públicas e do departamento de trânsito competente, realize operação tapa buracos e/ou recapeamento asfáltico completo da Rua José Aurélio Rodrigues, no bairro Jardim Sol Nascente e ainda estudo técnico de viabilidade para a implantação de sentido único de circulação (mão única) na referida via, especificamente no sentido "descendo".</t>
+  </si>
+  <si>
+    <t>555</t>
+  </si>
+  <si>
+    <t>Que o Poder Público Municipal, por meio da Secretaria Competente, realize estudos de viabilidade técnica e ambiental para o alargamento/ampliação da barragem do balneário, visando a duplicação da pista na Rua José Malica, promovendo a adequação da via ao crescente fluxo de veículos da região.</t>
+  </si>
+  <si>
+    <t>557</t>
+  </si>
+  <si>
+    <t>WALDEMÁRIO FRANÇA</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/557/indicacao_11-2026.pdf</t>
+  </si>
+  <si>
+    <t>Que o Executivo Municipal realize, com a máxima urgência, a operação tapa-buracos e/ou o recapeamento asfáltico em toda a extensão da Rua Pinheiro_x000D_
+Machado.</t>
+  </si>
+  <si>
+    <t>558</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/558/indicacao_12-2026.pdf</t>
+  </si>
+  <si>
+    <t>Que o Executivo Municipal realize, com a máxima urgência, serviços de tapa-buracos e/ou recapeamento asfáltico na Rua José Alves Franco, especificamente na esquina com a Rua José Ribeiro de Souza, nas imediações do n° 844.</t>
+  </si>
+  <si>
+    <t>559</t>
+  </si>
+  <si>
+    <t>Que o Executivo Municipal realize, com a máxima urgência, a operação tapa-buracos e/ou o recapeamento asfáltico na Rua Dr. Jair Pinto dos Reis,_x000D_
+especificamente nas proximidades da Rua José Maria de Melo, na altura do n° 657.</t>
+  </si>
+  <si>
+    <t>560</t>
+  </si>
+  <si>
+    <t>Que o Executivo Municipal realize, por meio de sua secretaria competente, a construção de um campo de futebol em área pública localizada na Avenida Francisco Resende Filho, nas proximidades do CESG - Centro de Ensino Superior de São Gotardo.</t>
+  </si>
+  <si>
+    <t>561</t>
+  </si>
+  <si>
+    <t>Que o Executivo Municipal realize implementação de um Centro de Acolhimento aos Moradores de Rua no município de São Gotardo, com o objetivo de oferecer acolhimento, dignidade e melhores condições de vida a quem precisar, servindo como suporte temporário até que essas pessoas consigam emprego e moradia.</t>
+  </si>
+  <si>
+    <t>562</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/562/indicacao_16-2026.pdf</t>
+  </si>
+  <si>
+    <t>Que o Executivo Municipal realize, com a máxima urgência, serviços de tapa-buracos na Rua São Pio X, no trecho compreendido entre a Avenida Rio Branco e a Avenida Rui Barbosa.</t>
+  </si>
+  <si>
+    <t>563</t>
+  </si>
+  <si>
+    <t>Que o Executivo Municipal promova e realize ações voltadas à  Semana ou Dia de Conscientização contra o Builying nas Escolas, em alusão ao_x000D_
+Dia Nacional de Combate ao Bullying e à Violência na Escola, celebrado em 7 de abril.</t>
+  </si>
+  <si>
+    <t>564</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/564/indicacao_18-2026.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO, ATRAVÉS DAS SECRETARIAS COMPETENTES (OBRAS E MEIO AMBIENTE), PROCEDA À SUBSTITUIÇÃO, REPLANTIO E REPOSIÇÃO DAS PALMEIRAS LOCALIZADAS NO CANTEIRO CENTRAL DA AVENIDA TABELIÃO JOÃO LOPES, POPULARMENTE CONHECIDA COMO 'RUA DO CLUBE', CONTEMPLANDO UM PLANO DE MANEJO FITOSSANITÁRIO E REVITALIZAÇÃO PAISAGÍSTICA TOTAL DA VIA.</t>
+  </si>
+  <si>
+    <t>565</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/565/indicacao_19-2026.pdf</t>
+  </si>
+  <si>
+    <t>Que o Executivo Municipal realize, com a máxima urgência, substituição da ponte localizada na Rua Limoeiros, situada na divisa entre os bairros_x000D_
+Taquaril e Boa Esperança.</t>
+  </si>
+  <si>
+    <t>566</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/566/indicacao_20-2026.pdf</t>
+  </si>
+  <si>
+    <t>UE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR REALIZAÇÃO DE LIMPEZA URBANA PESADA, REMOÇÃO DE ENTULHOS E LIXO VOLUMOSO (SOFÁS, GELADEIRAS, CAIXAS E DETRITOS DIVERSOS) EM ÁREA DE MATA CILIAR SITUADA ENTRE OS BAIRROS BOA ESPERANÇA E TAQUARIL, ESPECIFICAMENTE NO TRECHO ENTRE A RUA AUGUSTO ALVES PINTO E A RUA O FONTE BOA.</t>
+  </si>
+  <si>
+    <t>567</t>
+  </si>
+  <si>
+    <t>CARLOS CAMARGOS</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/567/indicacao_21-2026.pdf</t>
+  </si>
+  <si>
+    <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A ADOÇÃO DE PROVIDÊNCIAS URGENTES PARA EXECUÇÃO DE OBRAS DE INFRAESTRUTURA BÁSICA (ÁGUA, ESGOTO, PAVIMENTAÇÃO E ILUMINAÇÃO)E REGULARIZAÇÃO FUNDIÁRIA NA RUA SEBASTIÃO LOPES, LOCALIZADA ENTRE OS BAIRROS SANTA TEREZINHA E LIBERDADE.</t>
+  </si>
+  <si>
+    <t>568</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/568/indicacao_22-2026.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Público Municipal, através da Secretaria Competente, realize a instalação de uma faixa elevada para travessia de pedestres na Rua Tupā, altura do número 485, bairro Santa Terezinha, visando a redução de velocidade e a melhoria da mobilidade urbana no local.</t>
+  </si>
+  <si>
+    <t>569</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>RITHELLE SILVA</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/569/indicacao_23-2026.pdf</t>
+  </si>
+  <si>
+    <t>Sugere-se ao Poder Executivo Municipal a elaboração de estudos técnicos e de impacto financeiro para o envio de Projeto de Lei Complementar que vise alterar a Lei Complementar nº 234/2023 (Plano de Cargos, Carreiras e Vencimentos), a fim de instituir o pagamento do Adicional de Insalubridade no percentual de 20% (Grau Médio), nos termos da NR-15 do Ministério do Trabalho e Emprego, a todos os servidores ocupantes do cargo de Assistente Administrativo da Saúde lotados em Unidades Básicas de Saúde, ProntoAtendimento, Centros de Especialidades e Unidades Hospitalares do Município;_x000D_
+Realizar a Revisão e o Aumento Salarial da categoria dos Assistentes Administrativos da Saúde, visando à recomposição de perdas inflacionárias e à valorização técnico-profissional condizente com a complexidade do Sistema Único de Saúde (SUS).</t>
+  </si>
+  <si>
+    <t>588</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>Que o órgão competente do Poder Executivo Municipal estude a possibilidadade de viabilizar obras de recapeamento asfáltico e manutenção da malha viária, se possível com correto escoamento da rua Tupinambás.</t>
+  </si>
+  <si>
+    <t>589</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo realize o estudo de impacto finaneiro e a posterior elaboração de Projeto de Lei visando o reajuste da remuneração dos conselheiros tutelares do município, buscando a equiparação salarial aos cargos de coordenação da estrutura administrativa municipal.</t>
+  </si>
+  <si>
+    <t>590</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, através da Secretaria competente, realize a implantação de sinalização vertical e horizontal na rotatória do bairro Residencial Garcia, localizada na Praça José Garcia de Camargos.</t>
+  </si>
+  <si>
+    <t>591</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>Que o Executivo Municipal realize, com a máxima urgência, a operação tapa-buracos e/ou recapeamento asfáltico no cruzamento da Rua Espiríto Santo com a Rua Antônio Oliveira Campos em toda sua extensão, com foco especial no trecho em toda sua extensão, como foco especial no trecho em frente à Escola Municipal Iracy Ferreira, localizada no bairro São Vicente.</t>
+  </si>
+  <si>
+    <t>592</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>TICUMCUM SILVÉRIO</t>
+  </si>
+  <si>
+    <t>Que o Poder Público Municipal, por meio da Secretaria competente, realize estudos de viabilidade técnica para a instalação de 03(três) redutores de velocidade(lombadas) e a devida sinalização vertical(placas) ao longo da Rua Belo Horizonte, situada no bairro Liberdade.</t>
+  </si>
+  <si>
+    <t>593</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>ADRIANO LEONEL</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/593/indicacao_29-2026.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo Municipal, usufruindo de suas prerrogativas, estude a possibilidade de viabilizar a implementação do benefício de vale-alimentação aos sevidores públicos da administração direta e indireta.</t>
+  </si>
+  <si>
+    <t>595</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/595/indicacao_31-2026.pdf</t>
+  </si>
+  <si>
+    <t>Que o poder Executivo Municipal, usufruindo de suas perrogativas, estude a possiblidade de realizar a regularização territorial, e no que lhe couber, estrutural, do bairro Guardianópolis, localizado no distrito de Guarda dos Ferreiros, em razão da divisão administrativa do referido bairro com o município de Rio Paranaíba.</t>
+  </si>
+  <si>
+    <t>596</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/596/indicacao_32-2026.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo Municipal, usufruindo de suas prerrogativas, estude a possibilidade de realizar ampliação do número de servidores que compõem  as equipes de tapa-buracos do município de São Gotardo.</t>
+  </si>
+  <si>
+    <t>597</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/597/indicacao_33-2026.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo Municipal , através da Secretaria competente. estude a viabilidade de contratação imediata, chamamento de concurso ou aditivo contratual para alocação de mais 01(uma) funcionária para exercer a função de varredeira de Rua no Distrito de Abaeté dos Venâncios (Capela do Abaeté), dobrando a capacidade operacional atual.</t>
+  </si>
+  <si>
+    <t>598</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/598/indicacao_34-2026.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo Municipal, usando de suas prerrogativas, estude a possibilidade de revitalização da Rua Dois(também conhecida como Anacleto Rabelo), nas proximidades do número 20, pois verifica-se no local acumulo constante de àgua pluvial, a qual permanece empoçada por ausência de escoamento adequado.</t>
+  </si>
+  <si>
+    <t>599</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/599/indicacao_35-2026.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo Municipal, usufruindo de suas prerrogativas, estude a possibilidade de implantar banheiros públicos ao ar livre na pista de caminhada, entre a rua das Camélias e Avenida Brasil.</t>
+  </si>
+  <si>
+    <t>600</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>SARGENTO MADEIRA, CARLOS CAMARGOS</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/600/indicacao_36-2026.pdf</t>
+  </si>
+  <si>
+    <t>Determinar ao setor competente a confecção e afixação de cartazes informativos contendo os canais de atendimento da Ouvidoria do Município em todos os locais de atendimento ao público das repartições públicas municipais.</t>
+  </si>
+  <si>
+    <t>605</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/605/in_37-2026.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo estude a possibilidade, por intermédio do órgão municipal competente, de realizar a instalação de sinalização horizontal e vertical, para área de embarque e desembarque escolar, em frente a Escola Estadual Coronel Hermenegildo Ladeira, no distrito de Guarda dos Ferreiros.</t>
+  </si>
+  <si>
+    <t>606</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/606/in_38-2026.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo por meio da Secretaria Municipal de Obras Públicas, estude a viabilidade em caráter de urgência, da implantação da rede de captação e drenagem de águas pluviais nas ruas Dom Silvério, Vazante e Maria Galvina, situadas no bairro Alto da Bela Vista</t>
+  </si>
+  <si>
+    <t>607</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/607/in_39-2026.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Público Municipal, por meio da Secretaria competente, realize a instalação de novas lixeiras e a substituição das atuais por modelos de maior capacidade, bem como a substituição de lâmpadas queimadas e manutenção do sistema de iluminação no entorno e no interior da Praça Sagrado Coração de Jesus.</t>
+  </si>
+  <si>
+    <t>608</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>CARLOS CAMARGOS, MÁRCIA ZUEIRA, SARGENTO MADEIRA, TICUMCUM SILVÉRIO, WALDEMÁRIO FRANÇA, ZÉ EUGÊNIO ZÉ DO ADELIO</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/608/im_40-2026.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Público Municipal, por meio da Secretaria Competente realize a estruturação da política habitacional do município através da criação do Plano Municipal de Habitação, da atualização Legislativa das normas vigentes (Leis Municipais nº 2.921/2025-Habita+ e 1.726/2007) e da instituição do Programa Municipal Habitacional "Casa do Povo".</t>
+  </si>
+  <si>
+    <t>609</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/609/in_41-2026.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Público Municipal, por meio da Secretaria competente, realize a instalação de poste de iluminação pública e a devida sinalização vertical e horizontal no entroncamento entre a Rua São Pedro, Rua Cândido Lopes, Rua José de Sousa e Rua São José.</t>
+  </si>
+  <si>
+    <t>610</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/610/in_42-2026.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Público Municipal, por meio da Secretaria competente, realize a obra de drenagem pluvial na Rua São Pedro, seguindo o sentido da Rua Cândido Lopes até o seu deságue no Córrego Confusão, procedendo-se após a conclusão das intervenções subterrâneas, com o completo recapeamento asfáltico de toda a área afetada.</t>
+  </si>
+  <si>
+    <t>611</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/611/in_43-2026.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Público Municipal, por meio da Secretaria competente, realize estudos de viabilidade para a instalação de guaritas (abrigos no estilo de pontos de ônibus) no Balneário nas proximidades do Rotary Club.</t>
+  </si>
+  <si>
+    <t>575</t>
+  </si>
+  <si>
+    <t>PRO</t>
+  </si>
+  <si>
+    <t>Pedido de Providência</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/575/pedido_providencia_01-2026.pdf</t>
+  </si>
+  <si>
+    <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O ASFALTAMENTO COMPLETO COM COBERTURA DE BURACOS E SE POSSÍVEL A REDE PLUVIAL DA RUA FRANCISCO GONÇALVES DE RESENDE, EM ESPECIAL, PROXIMО АО NÚMERO № 175.</t>
+  </si>
+  <si>
+    <t>576</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/576/pedido_providencia_02-2026.pdf</t>
+  </si>
+  <si>
+    <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR URGENTEMENTE FORÇA-TAREFA PARA LIMPEZA GERAL, MANUTENÇÃO PREVENTIVA, PODA DA VEGETAÇÃO E MARCAÇÃO DO CAMPO DE FUTEBOL NAS DEPENDÊNCIAS DO COMPLEXO ESPORTIVO DA GUARDA (COMPLEXO ESPORTIVO JOÃO LÚCIO DA SILVA NETO), SITUADO NO DISTRITO DE GUARDA DOS FERREIROS.</t>
+  </si>
+  <si>
+    <t>577</t>
+  </si>
+  <si>
+    <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL REALIZE COM URGÊNCIA UMA OPERAÇÃO TAPA-BURACOS NA RUA ANTÔNIO_x000D_
+FERREIRA DA SILVA, BAIRRO MANSÕES DO LAGO, ESPECIFICAMENTE EM FRENTE AO N° 187.</t>
+  </si>
+  <si>
+    <t>578</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/578/pedido_providencia_04-2026.pdf</t>
+  </si>
+  <si>
+    <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL REALIZE COM URGÊNCIA UMA OPERAÇÃO TAPA-BURACOS NA AVENIDA DAS ROSAS,_x000D_
+EM TODA A SUA EXTENSÃO, COM ATENÇÃO ESPECIAL NA ALTURA DO Nº 650, BAIRRO MANSÕES DO LAGO, UM DOS PONTOS MAIS CRÍTICOS DA VIA.</t>
+  </si>
+  <si>
+    <t>612</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/612/pp_09-2026.pdf</t>
+  </si>
+  <si>
+    <t>Que o órgão competente do  Poder Executivo Municipal realize, através da Secretaria de Obras, o planejamento e a execução de uma vistoria técnica em  toda a extensão da Avenida Abaéte, partindo do trevo da Coopadap nos sentidos da Capelinha e São Gotardo, contemplando a limpeza integral do acostamento (parte de terra), a eliminação de pontos de água parada e o devido direcionamento das águas pluviais para os bolsões de escoamento, e realize também, com urgência, a construção de bolsões de escoamento no lado esquerdo da avenida, devido ao fluxo descontrolado de água que tem provocado a formação voçorocas e causando danos às plantações locais.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -478,69 +1175,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/540/projeto01_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/541/projeto02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/542/projeto03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/543/projeto04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/544/projeto05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/545/projeto06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/546/projeto07.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/542/projeto03.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/543/projeto04.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/544/projeto05.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/545/projeto06.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/546/projeto07.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/572/projeto_de_lei_10_de_02_de_fevereiro_de_2026_rotated_1.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/573/projeto_de_lei_11_de_03_de_fevereiro_de_2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/579/pl_12-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/580/pl_13-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/581/1o_subst._ao_14-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/584/pl_17-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/585/pl_18-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/586/plo_19-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/602/260304122832.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/603/260304124506.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/604/pl_22-2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/540/projeto01_1.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/601/plcomplementar_15_.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/583/pl_complementar_16.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/541/projeto02.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/574/260206135027_rotated.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/587/req_01-2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/548/indicacao_02-2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/549/indicacao_03-2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/557/indicacao_11-2026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/558/indicacao_12-2026.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/562/indicacao_16-2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/564/indicacao_18-2026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/565/indicacao_19-2026.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/566/indicacao_20-2026.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/567/indicacao_21-2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/568/indicacao_22-2026.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/569/indicacao_23-2026.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/593/indicacao_29-2026.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/595/indicacao_31-2026.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/596/indicacao_32-2026.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/597/indicacao_33-2026.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/598/indicacao_34-2026.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/599/indicacao_35-2026.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/600/indicacao_36-2026.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/605/in_37-2026.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/606/in_38-2026.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/607/in_39-2026.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/608/im_40-2026.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/609/in_41-2026.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/610/in_42-2026.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/611/in_43-2026.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/575/pedido_providencia_01-2026.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/576/pedido_providencia_02-2026.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/578/pedido_providencia_04-2026.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2026/612/pp_09-2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="13.5703125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="189.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="117.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="129.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -672,94 +1369,1750 @@
       </c>
       <c r="G6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="H8" t="s">
         <v>39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>44</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H10" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H11" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>54</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H13" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H14" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H15" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H16" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H17" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H18" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>82</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" t="s">
+        <v>83</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="H19" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>86</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>87</v>
+      </c>
+      <c r="D20" t="s">
+        <v>88</v>
+      </c>
+      <c r="E20" t="s">
+        <v>89</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H20" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>92</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>93</v>
+      </c>
+      <c r="D21" t="s">
+        <v>88</v>
+      </c>
+      <c r="E21" t="s">
+        <v>89</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="H21" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>96</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>97</v>
+      </c>
+      <c r="D22" t="s">
+        <v>88</v>
+      </c>
+      <c r="E22" t="s">
+        <v>89</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="H22" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>100</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>62</v>
+      </c>
+      <c r="D23" t="s">
+        <v>88</v>
+      </c>
+      <c r="E23" t="s">
+        <v>89</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="H23" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>103</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>87</v>
+      </c>
+      <c r="D24" t="s">
+        <v>104</v>
+      </c>
+      <c r="E24" t="s">
+        <v>105</v>
+      </c>
+      <c r="F24" t="s">
+        <v>106</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H24" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>109</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>87</v>
+      </c>
+      <c r="D25" t="s">
+        <v>110</v>
+      </c>
+      <c r="E25" t="s">
+        <v>111</v>
+      </c>
+      <c r="F25" t="s">
+        <v>112</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H25" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>115</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>87</v>
+      </c>
+      <c r="D26" t="s">
+        <v>116</v>
+      </c>
+      <c r="E26" t="s">
+        <v>117</v>
+      </c>
+      <c r="F26" t="s">
+        <v>118</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>120</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>121</v>
+      </c>
+      <c r="D27" t="s">
+        <v>116</v>
+      </c>
+      <c r="E27" t="s">
+        <v>117</v>
+      </c>
+      <c r="F27" t="s">
+        <v>118</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="H27" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>124</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>10</v>
+      </c>
+      <c r="D28" t="s">
+        <v>116</v>
+      </c>
+      <c r="E28" t="s">
+        <v>117</v>
+      </c>
+      <c r="F28" t="s">
+        <v>125</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H28" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>128</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>17</v>
+      </c>
+      <c r="D29" t="s">
+        <v>116</v>
+      </c>
+      <c r="E29" t="s">
+        <v>117</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H29" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>130</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>25</v>
+      </c>
+      <c r="D30" t="s">
+        <v>116</v>
+      </c>
+      <c r="E30" t="s">
+        <v>117</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H30" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>132</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>29</v>
+      </c>
+      <c r="D31" t="s">
+        <v>116</v>
+      </c>
+      <c r="E31" t="s">
+        <v>117</v>
+      </c>
+      <c r="F31" t="s">
+        <v>34</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H31" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>134</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>33</v>
+      </c>
+      <c r="D32" t="s">
+        <v>116</v>
+      </c>
+      <c r="E32" t="s">
+        <v>117</v>
+      </c>
+      <c r="F32" t="s">
+        <v>135</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H32" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>137</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>38</v>
+      </c>
+      <c r="D33" t="s">
+        <v>116</v>
+      </c>
+      <c r="E33" t="s">
+        <v>117</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H33" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>139</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>45</v>
+      </c>
+      <c r="D34" t="s">
+        <v>116</v>
+      </c>
+      <c r="E34" t="s">
+        <v>117</v>
+      </c>
+      <c r="F34" t="s">
+        <v>140</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="H34" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>143</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>49</v>
+      </c>
+      <c r="D35" t="s">
+        <v>116</v>
+      </c>
+      <c r="E35" t="s">
+        <v>117</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="H35" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>146</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>53</v>
+      </c>
+      <c r="D36" t="s">
+        <v>116</v>
+      </c>
+      <c r="E36" t="s">
+        <v>117</v>
+      </c>
+      <c r="F36" t="s">
+        <v>140</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H36" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>148</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>58</v>
+      </c>
+      <c r="D37" t="s">
+        <v>116</v>
+      </c>
+      <c r="E37" t="s">
+        <v>117</v>
+      </c>
+      <c r="F37" t="s">
+        <v>112</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H37" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>150</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>93</v>
+      </c>
+      <c r="D38" t="s">
+        <v>116</v>
+      </c>
+      <c r="E38" t="s">
+        <v>117</v>
+      </c>
+      <c r="F38" t="s">
+        <v>112</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H38" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>152</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>97</v>
+      </c>
+      <c r="D39" t="s">
+        <v>116</v>
+      </c>
+      <c r="E39" t="s">
+        <v>117</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="H39" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>155</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>62</v>
+      </c>
+      <c r="D40" t="s">
+        <v>116</v>
+      </c>
+      <c r="E40" t="s">
+        <v>117</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H40" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>157</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>66</v>
+      </c>
+      <c r="D41" t="s">
+        <v>116</v>
+      </c>
+      <c r="E41" t="s">
+        <v>117</v>
+      </c>
+      <c r="F41" t="s">
+        <v>140</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H41" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>160</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>70</v>
+      </c>
+      <c r="D42" t="s">
+        <v>116</v>
+      </c>
+      <c r="E42" t="s">
+        <v>117</v>
+      </c>
+      <c r="F42" t="s">
+        <v>135</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H42" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>163</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>74</v>
+      </c>
+      <c r="D43" t="s">
+        <v>116</v>
+      </c>
+      <c r="E43" t="s">
+        <v>117</v>
+      </c>
+      <c r="F43" t="s">
+        <v>118</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="H43" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>166</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>78</v>
+      </c>
+      <c r="D44" t="s">
+        <v>116</v>
+      </c>
+      <c r="E44" t="s">
+        <v>117</v>
+      </c>
+      <c r="F44" t="s">
+        <v>167</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="H44" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>170</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>82</v>
+      </c>
+      <c r="D45" t="s">
+        <v>116</v>
+      </c>
+      <c r="E45" t="s">
+        <v>117</v>
+      </c>
+      <c r="F45" t="s">
+        <v>118</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="H45" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>173</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>174</v>
+      </c>
+      <c r="D46" t="s">
+        <v>116</v>
+      </c>
+      <c r="E46" t="s">
+        <v>117</v>
+      </c>
+      <c r="F46" t="s">
+        <v>175</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="H46" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>178</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>179</v>
+      </c>
+      <c r="D47" t="s">
+        <v>116</v>
+      </c>
+      <c r="E47" t="s">
+        <v>117</v>
+      </c>
+      <c r="F47" t="s">
+        <v>34</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H47" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>181</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>182</v>
+      </c>
+      <c r="D48" t="s">
+        <v>116</v>
+      </c>
+      <c r="E48" t="s">
+        <v>117</v>
+      </c>
+      <c r="F48" t="s">
+        <v>34</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H48" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>184</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>185</v>
+      </c>
+      <c r="D49" t="s">
+        <v>116</v>
+      </c>
+      <c r="E49" t="s">
+        <v>117</v>
+      </c>
+      <c r="F49" t="s">
+        <v>34</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H49" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>187</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>188</v>
+      </c>
+      <c r="D50" t="s">
+        <v>116</v>
+      </c>
+      <c r="E50" t="s">
+        <v>117</v>
+      </c>
+      <c r="F50" t="s">
+        <v>140</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H50" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>190</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>191</v>
+      </c>
+      <c r="D51" t="s">
+        <v>116</v>
+      </c>
+      <c r="E51" t="s">
+        <v>117</v>
+      </c>
+      <c r="F51" t="s">
+        <v>192</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H51" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>194</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>195</v>
+      </c>
+      <c r="D52" t="s">
+        <v>116</v>
+      </c>
+      <c r="E52" t="s">
+        <v>117</v>
+      </c>
+      <c r="F52" t="s">
+        <v>196</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H52" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>199</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>200</v>
+      </c>
+      <c r="D53" t="s">
+        <v>116</v>
+      </c>
+      <c r="E53" t="s">
+        <v>117</v>
+      </c>
+      <c r="F53" t="s">
+        <v>112</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H53" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>203</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>204</v>
+      </c>
+      <c r="D54" t="s">
+        <v>116</v>
+      </c>
+      <c r="E54" t="s">
+        <v>117</v>
+      </c>
+      <c r="F54" t="s">
+        <v>112</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="H54" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>207</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>208</v>
+      </c>
+      <c r="D55" t="s">
+        <v>116</v>
+      </c>
+      <c r="E55" t="s">
+        <v>117</v>
+      </c>
+      <c r="F55" t="s">
+        <v>118</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="H55" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>211</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>212</v>
+      </c>
+      <c r="D56" t="s">
+        <v>116</v>
+      </c>
+      <c r="E56" t="s">
+        <v>117</v>
+      </c>
+      <c r="F56" t="s">
+        <v>118</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="H56" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>215</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>216</v>
+      </c>
+      <c r="D57" t="s">
+        <v>116</v>
+      </c>
+      <c r="E57" t="s">
+        <v>117</v>
+      </c>
+      <c r="F57" t="s">
+        <v>118</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H57" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>219</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>220</v>
+      </c>
+      <c r="D58" t="s">
+        <v>116</v>
+      </c>
+      <c r="E58" t="s">
+        <v>117</v>
+      </c>
+      <c r="F58" t="s">
+        <v>221</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H58" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>224</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>225</v>
+      </c>
+      <c r="D59" t="s">
+        <v>116</v>
+      </c>
+      <c r="E59" t="s">
+        <v>117</v>
+      </c>
+      <c r="F59" t="s">
+        <v>135</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H59" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>228</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>229</v>
+      </c>
+      <c r="D60" t="s">
+        <v>116</v>
+      </c>
+      <c r="E60" t="s">
+        <v>117</v>
+      </c>
+      <c r="F60" t="s">
+        <v>135</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="H60" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>232</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>233</v>
+      </c>
+      <c r="D61" t="s">
+        <v>116</v>
+      </c>
+      <c r="E61" t="s">
+        <v>117</v>
+      </c>
+      <c r="F61" t="s">
+        <v>34</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H61" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>236</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>237</v>
+      </c>
+      <c r="D62" t="s">
+        <v>116</v>
+      </c>
+      <c r="E62" t="s">
+        <v>117</v>
+      </c>
+      <c r="F62" t="s">
+        <v>238</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H62" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>241</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>242</v>
+      </c>
+      <c r="D63" t="s">
+        <v>116</v>
+      </c>
+      <c r="E63" t="s">
+        <v>117</v>
+      </c>
+      <c r="F63" t="s">
+        <v>167</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H63" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>245</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>246</v>
+      </c>
+      <c r="D64" t="s">
+        <v>116</v>
+      </c>
+      <c r="E64" t="s">
+        <v>117</v>
+      </c>
+      <c r="F64" t="s">
+        <v>167</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H64" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>249</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>250</v>
+      </c>
+      <c r="D65" t="s">
+        <v>116</v>
+      </c>
+      <c r="E65" t="s">
+        <v>117</v>
+      </c>
+      <c r="F65" t="s">
+        <v>167</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H65" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>253</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>87</v>
+      </c>
+      <c r="D66" t="s">
+        <v>254</v>
+      </c>
+      <c r="E66" t="s">
+        <v>255</v>
+      </c>
+      <c r="F66" t="s">
+        <v>175</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="H66" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>258</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>121</v>
+      </c>
+      <c r="D67" t="s">
+        <v>254</v>
+      </c>
+      <c r="E67" t="s">
+        <v>255</v>
+      </c>
+      <c r="F67" t="s">
+        <v>83</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H67" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>261</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>10</v>
+      </c>
+      <c r="D68" t="s">
+        <v>254</v>
+      </c>
+      <c r="E68" t="s">
+        <v>255</v>
+      </c>
+      <c r="F68" t="s">
+        <v>140</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H68" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>263</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>17</v>
+      </c>
+      <c r="D69" t="s">
+        <v>254</v>
+      </c>
+      <c r="E69" t="s">
+        <v>255</v>
+      </c>
+      <c r="F69" t="s">
+        <v>140</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="H69" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>266</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>38</v>
+      </c>
+      <c r="D70" t="s">
+        <v>254</v>
+      </c>
+      <c r="E70" t="s">
+        <v>255</v>
+      </c>
+      <c r="F70" t="s">
+        <v>167</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H70" t="s">
+        <v>268</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>