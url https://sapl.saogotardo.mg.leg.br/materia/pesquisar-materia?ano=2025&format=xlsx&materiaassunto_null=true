--- v0 (2025-10-29)
+++ v1 (2026-01-27)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3611" uniqueCount="1372">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4289" uniqueCount="1619">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1138,50 +1138,393 @@
   <si>
     <t>Dispõe sobre o horário de funcionamento das farmácias e drogarias no Município de São Gotardo, estabelece о regime de liberdade de horário, cria o Cadastro Municipal de Farmácias com Atendimento Estendido, revoga as Leis Municipais nº 1.927, de 11 de maio de 2012, e nº 2.472, de 11 de dezembro de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/452/projeto115_20251028_122706.pdf</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/453/projeto116_20251028_122257.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 2º DA LEI MUNICIPAL N° 2886 DE 23 DE OUTUBRO DE 2025 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/455/projeto117_20251104_134111.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AО ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>456</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/456/projeto118_20251104_133948.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE PLANEJAMENTO E GESTÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>457</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/457/projeto119_20251104_133801.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ART. 2° DA LEI MUNICIPAL N° 2.876, DE 22 DE SETEMBRO DE 2025 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>458</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/458/projeto120_20251104_133635.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DO SISTEMA MUNICIPAL DE APOIO AO DESENVOLVIMENTO HUMANO E EDUCACIONAL INCLUSIVO, MANTÉM A DENOMINAÇÃO DO CENTRO MUNICIPAL DE DESENVOLVIMENTO HUMANO "CARMEM DE FÁTIMA OLIVEIRA BESSA”, AUTORIZA A INSTALAÇÃO DE_x000D_
+OUTROS ÓRGÃOS CORRELATOS, ESTABELECE PRINCÍPIOS E DIRETRIZES DE ATENDIMENTO, REVOGA A LEI Nº 2814/2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>459</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/459/projeto121_20251104_133502.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AО ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>460</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/460/projeto122_20251104_133335.pdf</t>
+  </si>
+  <si>
+    <t>461</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/461/projeto123_20251104_133039.pdf</t>
+  </si>
+  <si>
+    <t>462</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/462/projeto124_20251104_132825.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE SAÚDE E SECRETARIA MUNICIPAL DE CULTURA, ESPORTE E TURISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>478</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/478/projeto127.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE OBRAS PÚBLICAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>479</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/479/projeto128.pdf</t>
+  </si>
+  <si>
+    <t>480</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/480/projeto129.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE CULTURA, ESPORTE E TURISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>481</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/481/projeto130.pdf</t>
+  </si>
+  <si>
+    <t>482</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/482/projeto131.pdf</t>
+  </si>
+  <si>
+    <t>Institui no âmbito do Município de São Gotardo/MG o "Setembro Amarelo", como Mês Municipal de Conscientização e Prevenção ao Suicídio, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>483</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/483/projeto132.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DAS SECRETARIAS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/496/projeto133.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EМ FAVOR DA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO URBANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>497</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/497/projeto134.pdf</t>
+  </si>
+  <si>
+    <t>498</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/498/projeto135.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ART. 3º DA LEI MUNICIPAL N° 2.902, DE 24 DE NOVEMBRO DE 2025 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>502</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/502/projeto136.pdf</t>
+  </si>
+  <si>
+    <t>503</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/503/projeto137.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Dia Municipal dos Desbravadores.</t>
+  </si>
+  <si>
+    <t>518</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/518/projeto139.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A EXPANSÃO DO PERÍMETRO URBANO DE SÃO GOTARDO, EM ACRÉSCIMO ÀS DEMARCAÇÕES QUE SÃO CONSIGNADAS PELA LEI MUNICIPAL 47/1974 DE 28/11/1974, NA LEI MUNICIPAL 1368/1998 DE 17/12/1998, NA LEI MUNICIPAL 1951/2012 DE 20/12/2012, NA LEI MUNICIPAL_x000D_
+2123/2015 DE 03/11/15, NA LEI MUNICIPAL 2410/2020 DE 12/02/2020, NA LEI MUNICIPAL 2439/2020 DE 22/06/2020, NA LEI MUNICIPAL 2680/2023 DE 26/07/2023, NA LEI MUNICIPAL 2869/2025 DE 05/09/2025, NA LEI MUNICIPAL 2870/2025 DE 05/09/2025, NA LEI MUNICIPAL 2877/2025 DE 02/10/2025, NA LEI MUNICIPAL 2878/2025 DE 02/10/2025 E NA LEI MUNICIPAL 2886/2025 DE 23/10/2025 E, DÁ AS PROVIDÊNCIAS COMPLEMENTARES DA ESPÉCIE.</t>
+  </si>
+  <si>
+    <t>520</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/520/projeto141.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA HABITACIONAL MUNICIPAL HABITA+ NO MUNICÍPIO DE SÃO GOTARDO, ESTADO DE MG, AUTORIZA A ADOÇÃO DE CONTRAPARTIDA MUNICIPAL E ESTABELECE NORMAS PARA A INTEGRAÇÃO COM O PROGRAMA MINHA CASA, MINHA VIDA - MCMV CIDADES E DEMAIS INICIATIVAS HABITACIONAIS FEDERAIS.</t>
+  </si>
+  <si>
+    <t>521</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/521/projeto142.pdf</t>
+  </si>
+  <si>
+    <t>522</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/522/projeto143.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ADESÃO DO MUNICÍPIO DE SÃO GOTARDO AO PROGRAMA “CARTÃO DE MATERIAL ESCOLAR" A SER IMPLEMENTADO PELO CONSÓRCIO PÚBLICO INTERMUNICIPAL DE DESENVOLVIMENTO SUSTENTÁVEL DO ALTO PARANAÍBA – CISPAR, DEFINE COMPETÊNCIA E PROCEDIMENTOS DE FISCALIZAÇÃO E, DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>523</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/523/projeto144.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A REGULAMENTAÇÃO DO SERVIÇO DE TRANSPORTE ESCOLAR NO MUNICÍPIO DE SÃO GOTARDO PARA ESTABELECER LIMITE MÁXIMO DE IDADE PARA OS VEÍCULOS E DISPOR SOBRE OS REQUISITOS DE SEGURANÇA E INSPEÇÃO TÉCNICA VEICULAR.</t>
+  </si>
+  <si>
+    <t>524</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/524/projeto145_20251218_151624.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE OBRAS PÚBLICAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>539</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/539/260109125704_rotated_1.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ART. 10 DA LEI MUNICIPAL N° 2.830, DE 10 DE MARÇO DE 2025 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>534</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/534/projeto147_2_1.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a celebrar Convênio ou Acordo de Cooperação Técnica com o Estado de Minas Gerais, por intermédio da Polícia Civil, para a transferência de recursos oriundos de emenda parlamentar federal destinados à modernização da segurança pública, e dá outras_x000D_
+providências.</t>
+  </si>
+  <si>
+    <t>535</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/535/projeto148_1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a ratificação do Protocolo de Intenções firmado entre os Municípios de Arapuá, Carmo do Paranaíba, Cruzeiro da Fortaleza, Guimarânia, João Pinheiro, Lagamar, Patos de Minas, Patrocínio, Presidente Olegário, São Gotardo, Serra do Salitre e Tiros, com vistas à constituição do Consórcio_x000D_
+Público Intermunicipal de Saúde do Cerrado Mineiro (CISCEM).</t>
+  </si>
+  <si>
+    <t>536</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/536/projeto149_1.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS 2026, AUTORIZA A CONCESSÃO DE ANISTIA DE MULTA, REMISSÃO DE JUROS NO MUNICÍPIO DE SÃO GOTARDO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>537</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/537/projeto150_1.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a regulamentação do SETRANS SG e a regulamentação da Junta Administrativa de Recursos de Infração - JARI e dá outras providências.</t>
+  </si>
+  <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/42/projeto06_20250624_163937.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARAGRAFO UNICO DA LEI COMPLEMENTAR 92/2009 E SUAS ALTERAÇÕES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/44/projeto08_20250623_174611.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 204º DA LEI MUNICIPAL Nº 239, DE 08 DE ABRIL DE 2024 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REFORMA DA ORGANIZAÇÃO ADMINISTRATIVA DIRETA DO EXECUTIVO MUNICIPAL DE SÃO GOTARDO</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_lei_complementar_19-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR 239 DE 08 DE ABRIL DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
@@ -1262,50 +1605,95 @@
     <t>91</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/378/projetocomp91_20250917_131022.pdf</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/411/projetocomp97_20251015_142626.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 1º DA LEI COMPLEMENTAR 252 DE 22 DE SETEMBRO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/416/projeto99_20251017_163844-1-3.pdf</t>
+  </si>
+  <si>
+    <t>463</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/463/projetocomp125_20251105_123201.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instalação de medidas de segurança física e proteção contra arrombamento, explosão e abalroamento veicular em estabelecimentos financeiros no âmbito do Município de São Gotardo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>504</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/504/projetocomp138.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade de implantação de infraestrutura de drenagem de águas pluviais como requisito para a aprovação de novos parcelamentos do solo para fins urbanos no Município de São Gotardo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>519</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/519/projeto140.pdf</t>
+  </si>
+  <si>
+    <t>538</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/538/projetocomp151_1.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO E CRIA NOVOS ARTIGOS NO CÓDIGO TRIBUTÁRIO DE SÃO GOTARDO/MG, LEI MUNICIPAL N° 1369, DE 17 DE DEZEMBRO DE 1998 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/58/projetoresolucao01_20250625_124633.pdf</t>
   </si>
   <si>
     <t>"Fixa o calendário das Reuniões Ordinárias da Sessão Legislativa do ano de 2025 e dá outras providências".</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_resolucao_02-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FILIAÇÃO DESTA CÂMARA MUNICIPAL À ASSOCIAÇÃO BRASILEIRA DE CÂMARAS MUNICIPAIS-ABRACAM, AUTORIZA PAGAMENTO DE CONTRIBUIÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_resolucao_03-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA PARCIALMENTE A RESOLUÇÃO Nº 306/2024 QUE DISPÕE SOBRE A COMENDA ALYSSON PAOLINELLI</t>
   </si>
@@ -1373,69 +1761,115 @@
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/332/requerimento_no_06.pdf</t>
   </si>
   <si>
     <t>A fim de que sejam prestadas as informações e disponibilizadas as cópias dos documentos abaixo relacionados, referentes à contratação por inexigibilidade de licitação para a organização do evento de "concurso de rainha da FENACEN", identificada no Portal Nacional de Contratações_x000D_
 Públicas (PNCP) como Contrato nº 107/2025, assinado em 26/06/2025, com vigência de 26/06/2025 a 26/06/2026, no valor de R$ 113.367,50, tendo como fornecedor LAURO WILSON PRADOS LIMA (CNPJ: 20.112.944/0001-68), para o objeto "OUTROS SERVICOS DE TERCEIROS - PESSOA JURIDICA CONTRATACAO POR INEXIGIBILIDADE, DE EMPRESA ESPECIALIZADA DO RAMO DE PRODUCAO DE EVENTOS 'LAURO WILSON PRADOS LIMA, PRODUTOR CULTURAL COM DIRECIONADO E RESPONDENDO DIRETAMENTE A ESSA SECRETARIA"</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/333/requerimento_no_07.pdf</t>
   </si>
   <si>
     <t>A fim de que sejam prestadas as informações e disponibilizadas as cópias documentais referentes à contratação de serviços de marketing e publicidade por inexigibilidade de licitação.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/424/requerimento08_20251022_140039.pdf</t>
   </si>
   <si>
     <t>A fim de que sejam prestadas as informações e disponibilizadas as cópias documentais е informações pormenorizadas e documentadas acerca da situação fática, administrativa, legal e urbanística do Loteamento da Cooperativa Habitacional de São Gotardo - COOHASAG.</t>
   </si>
   <si>
+    <t>484</t>
+  </si>
+  <si>
+    <t>JOÃO PIRRAÇA</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento09.pdf</t>
+  </si>
+  <si>
+    <t>A fim de que sejam prestadas as informações e disponibilizadas as cópias dos documentos, referentes a da obra de construção de barragem para fins de ligação interbairros que liga o Bairro Centro ao Bairro Serra Negra, no Município de São Gotardo.</t>
+  </si>
+  <si>
+    <t>485</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento10.pdf</t>
+  </si>
+  <si>
+    <t>REQUER o envio a esta Casa Legislativa, de todas as informações e documentos listados neste expediente, no prazo improrrogável de 15 (quinze)_x000D_
+dias úteis, a contar do recebimento deste, conforme estipulado pelo Art. 32, § 2º, e Art. 69, inciso XIV, da Lei Orgânica Municipal, contendo seguintes informações e documentos detalhados:</t>
+  </si>
+  <si>
+    <t>486</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento11.pdf</t>
+  </si>
+  <si>
+    <t>Considerando a necessidade de garantir a segurança viária em nosso município e a correta aplicação da legislação de trânsito e ambiental, solicitamos esclarecimentos detalhados sobre a fiscalização e o cumprimento das normas que obrigam o uso de cobertura (telas, lonas ou dispositivos similares) em caminhões e demais veículos de carga que transportam materiais a granel ou que apresentem risco de queda da carga nas vias públicas.</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento12.pdf</t>
+  </si>
+  <si>
+    <t>O objeto desta solicitação recai especificamente sobre o cumprimento da Lei Complementar n.º 239, de 08 de abril de 2024 (Estatuto dos Servidores Públicos do Município), no que tange ao pagamento dos adicionais devidos pelo exercício de atividades de risco, acerca da qual requeiro esclarecimentos formais acerca da política de remuneração dos servidores públicos municipais.</t>
+  </si>
+  <si>
+    <t>501</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento13.pdf</t>
+  </si>
+  <si>
+    <t>Seja a Excelentíssima Senhora Secretária Municipal de Educação notificada para que encaminhe a esta Casa Legislativa, no prazo legal improrrogável de 15 (quinze) dias (Art. 69, XIV, LOM), as seguintes informações indispensáveis ao processo legislativo:</t>
+  </si>
+  <si>
     <t>178</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao01.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE CONTRATAR MAIS FISIOTERAPEUTAS PARA ATENDER NA REDE MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>179</t>
-  </si>
-[...1 lines deleted...]
-    <t>JOÃO PIRRAÇA</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao02.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE CONTRATAR MAIS PSIQUIATRAS E FONOAUDIÓLOGOS PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao03.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR A REESTRUTURAÇÃO SALARIAL DAS PSICÓLOGAS E ASSISTENTES SOCIAIS MUNICIPAIS.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao04.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE IMPLANTAR UMA ACADEMIA AO AR LIVRE NA PRAÇA SITUADA A RUA FORTALEZA BAIRRO LIBERDADE.</t>
   </si>
@@ -2461,363 +2895,673 @@
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDEA POSSIBILIDADE DE RECAPEAMENTO ASFÁLTICO DA RUA PEDRO BOUGLEUX, NO BAIRRO NOSSA SENHORA DE FATIMA.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/335/115.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR INSTALAÇÃO DE MURETA DE PROTEÇÃO VEÍCULAR NO CANTEIRO CENTRAL DA AV. PROGRESSO / RUA A, E INSTALAÇÃO DE GUARD-RAIL EM TODA EXTENSÃO INFERIOR DA AVENIDA PROGRESSO, COM PONTOS DE REFORÇO DE BARREIRAS VERTICAIS NO ENCONTRO DA AVENIDA COM AS RUAS A, B E C, INSTERSEÇÃO DOS BAIRRO SANTA TEREZINHА E BAIRRO LIBERDADE.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/336/116.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE DESIGNAÇÃO DE UM VIGILANTE FIXO PARA AS SALAS DA CRECHE DO BAIRRO ÁGUAS VERTENTES, QUE PROVISORIAMENTE, ESTÃO FUNCIONANDO NA RUA TUPIS (ANTIGO SUPERMERCADO MARINA), NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>117</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/337/117.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A MANUTENÇÃO E REFORMA DO BANHEIRO PÚBLICO DO PRÉDIO AMARELO.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>118</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao118.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE REALIZAR O ASFALTAMENTO DO TRECHO DA RUA JOSÉ PIRES DE CAMARGOS QUE AINDA ENCONTRA SEM PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>119</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao119.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE DISPONIBILIZAR VACINAS CONTRA A RAIVA PARA PESSOAS QUE POSSUEM UM GRANDE NÚMERO DE ANIMAIS SOB SUA TUTELA E QUE ENFRENTAM DIFICULDADES PARA LEVÁ-LOS AOS PONTOS FIXOS DE VACINAÇÃO, ESPECIALMENTE AQUELAS RESIDENTES EM ÁREAS RURAIS.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>120</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/369/indicacao120.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE AQUISIÇÃO DE UM VEÍCULO (VAN) DO MOVCEU - MOVIMENTO DE CULTURA E EDUCAÇÃO ITINERANTE.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>121</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao121.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE CONTRATAÇÃO DE UM MÉDICO NEUROPEDIATRA PARA ATENDER À REDE MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>122</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao122.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A APRESENTAÇÃO DO ANTEPROJETO DE LEI , ANEXO, QUE VISA INSTITUIR O PROGRAMA MUNICIPAL DE APOIO À SAÚDE MENTAL NAS ESCOLAS PÚBLICAS Е DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>123</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao123.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE REALIZAR REFORMA DA PONTE DO 'CÓRREGO DO BORRACHUDO' QUE FLUI NAS IMEDIAÇÕES DESTE MUNICÍPIO, UMA VEZ QUE PARTE DELA SE ENCONTRA SUBMERSA E CAUSANDO ALAGAMENTOS EM PERÍODOS DE CHUVAS, POSTO QUE INTERFERE NO ESCOAMENTO NATURAL DA ÁGUA CONCENTRANDO-A E PROVOCANDO O TRANSBORDAMENTO, RESULTANDO NA INUNDAÇÃO.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>124</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/390/indicacao124.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE AА POSSIBILIDADE DE REALIZAR A INSTALAÇÃO DE LIXEIRAS GRANDES NAS PRAÇAS CENTRAIS, NOS DOIS BLOCOS DA PRAÇA SÃO SEBASTIÃO E NA PRAÇA SAGRADOS CORAÇÕES.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>125</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/391/indicacao125.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR ADEQUAÇÕES DE ACESSIBILIDADE, COMO NOVAS RAMPAS CORRIMÕES NO CANTEIRO DA AVENIDA BRASIL( ESCADARIAS DE TRAVESSIA E RAMPAS).</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>ZÉ EUGÊNIO ZÉ DO ADELIO</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/392/indicacao126.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR A INSTALAÇÃO DE TRÊS POSTES DE ENEREGIA ELÉTRICA COM ILUMINAÇÃO PÚBLICA NA RUA SÃO JOSÉ, BAIRRO PANTANAL, DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>127</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/405/indicacao_no_127_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR CALÇAMENTO INTEGRAL DAS VIAS HABITADAS DA VILA FUNCHAL.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>128</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/406/indicacao_no128_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR INSTALAÇÃO DE QUEBRA MOLAS, COM FAIXA REFLETIVA, E AS DEVIDAS PLACAS SINALIZADORAS, NA RUA FREI PAULINO A ALTURA DO Nº 511, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>129</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_no_129_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE REALIZAR A CONSTRUÇÃO DE MAIS (02) DUAS SALAS NO CMEI (CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL) PRIMEIROS PASSOS, SITUADO A RUA JUCA ILÍA, Nº 21, BAIRRO BOA ESPERANÇA, COM O PROPÓSITO DE AUMENTAR VAGAS PARA ACOLHIMENTO DAS CRIANÇAS EM SUPORTE AS SUAS FAMÍLIAS TRABALHADORAS, DESTA FORMA ATENDENDO A POPULAÇÃO E CONTRIBUINDO COM OS CUIDADOS E DESENVOLVIMENTO INFANTIL.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>130</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_no_130_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR CORREÇÕES E ALTERAÇÕES VIÁRIAS NA RUA TUPÃ, BAIRRO SÃO GERALDO/SANTA TEREZINHA, COM APLICAÇÃO DE TACHAS REFLEXIVAS BIDIRECIONAIS.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>131</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_no_131_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR RECAPEAMENTO ASFÁLTICO E INSTALAÇÃO DE SINALIZAÇÃO HORIZONTAL E VERTICAL NO DISTRITO DE GUARDA DOS FERREIROS, EM ESPECIAL, NAS RUAS IVO CRISTINO EM TODA SUA EXTENSÃO; RUA VIRGÍLIO INÁCIO, A ALTURA DOS Nº 224 E 425; RUA JOÃO MIGUEL DOS REIS, A ALTURA DO Nº 189; E NA RUA JOSÉ NELSON, VIA LATERAL PRÓXIMO AO CMEI DIORGINA E AO LADO DO COMPLEXO ESPORTIVO JOÃO LÚCIO.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>132</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/425/indicacao_132.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE CONTRATAÇÃO DE MÉDICO E CIRURGIÃO DENTISTA PARA A UNIDADE BÁSICA DE SAÚDE (UBS) NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>133</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/426/indicacao_133.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE AVALIAÇÃO E POSTERIOR ALARGAMENTO DA VIA RURAL QUE LIGA O SITIO GEMA DE OURO/SITIO DOS SONHOS.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>134</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/427/indicacao_134.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE AMPLIAÇÃO DA REDE DE ENERGIA ELÉTRICA DE ILUMINAÇÃO NO INTERIOR DO CEMITÉRIO MUNICIPAL, E CALÇAMENTO DAS VIAS INTERNAS DO CEMITÉRIO.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>135</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_135.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE INCLUSÃO NO PLANEJAMENTO DE 2026, O RECAPEAMENTO DA RUA DOM SILVÉRIO, LOCALIZADA NO BAIRRO ALTO BELA VISTA, COM AS DEVIDAS CORREÇÕES NA DRENAGEM PLUVIAL E IMPLANTAÇÃO DE SARJETAS AO LONGO DA VIA.</t>
   </si>
   <si>
     <t>429</t>
-  </si>
-[...1 lines deleted...]
-    <t>136</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/429/indicacao_136.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR OPERAÇÃO TAPA BURACOS NAS RUAS: ANTONIO QUIRINO, CUJO RECAPEAMENTO FICOU AUSENTE EM ALGNS TRECHOS POR FALTA DE MATERIAL A ÉPOCA; RUAS CASTORINA DE JESUS, ILARIO ALBINO, LINDALVA FRANCO MESQUITA, VEREADOR FERNANDO PESSOA, SENHÔ GINIÔ, GRACIANO RIBEIRO E JOSÉ EUSTÁQUIO TEIXEIRA, TODAS EM SUA INTEGRALIDADE, NO BAIRRO BOA ESPERANÇA; RUA JUCÁ ILIA, ATRAS DO PSF BOA ESPERANÇA; AVENIDA VEREADOR ANTONIO INACIO DA SILVA A ALTURA DO SUPERMERCADO SÃO SEBASTIÃO E AVENIDA NOSSA SENHORA DA ABADIA, A ALTURA DO N 571, ALTO BELA VISTA, E AINDA A_x000D_
 IMPLEMENTAÇÃO DE REDE PLUVIAL NO BAIRRO BOA ESPERANÇA COMO MEDIDA PERMANENTE DE MELHORIA DO DESGASTE ASFÁLTICO PELA CHUVA.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>137</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/430/indicacao_137.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A SUBSTITUIÇÃO DO CALÇAMENTO DE BLOQUETES POR PAVIMENTAÇÃO ASFÁLTICA NA RUA JOSÉ CÂNDIDO DOMINGOS, BAIRRO CAMPESTRE, NO TRECHO COMPREENDIDO ENTRE A AVENIDA TABELIÃO JOÃO LOPES E RUA DR. JOAQUIM DOS SANTOS SIQUEIRA.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>138</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/431/indicacao_138.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A SUBSTITUIÇÃO DO CALÇAMENTO DE BLOQUETES POR PAVIMENTAÇÃO ASFÁLTICA EM TODA A EXTENSÃO DAS RUAS PAINEIRAS, BAIRRO CAMPESTRE E RUA JOÃO ALVES FRANCO, BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>139</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_139.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A SUBSTITUIÇÃO DO CALÇAMENTO DE BLOQUETES POR PAVIMENTAÇÃO ASFÁLTICA EM TODA A EXTENSÃO DAS RUAS DOM BOSCO E RUA HORÁCIO LACERDA MAIA, BAIRRO ALTO BELA VISTA.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>140</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_140.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A APRESENTAÇÃO DO ANTEPROJETO DE LEI, ANEXO, QUE VISA A CRIAÇÃO DO CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DOS ANIMAIS – CMPDA.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>141</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_141.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR CORREÇÃO DO SISTEMA DE ESCOAMENTO PLUVIAL DA RUA JOSÉ MALICA, BAIRRO BOA ESPERANÇA, COM CONSTRUÇÃO DE CANALETA PROFUNDA PARA ESCOAMENTO E/OU SOLUÇÃO TÉNICA DE MELHOR FUNCIONAMENTО.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>142</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_142.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A CORREÇÃO DA VIA RURAL QUE LIGA O MUNICIPIO A ZONA RURAL "DOS CAMPOS", COM SUBSTITUIÇÃO DAS MANILHAS APARENTES QUEBRADAS E CALÇAMENTO OU CASCALHAMENTO DA VIA.</t>
   </si>
   <si>
+    <t>464</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao143.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE ALTERAR AS FÉRIAS DOS SERVIDORES PÚBLICOS MUNICIPAIS DE 30 DIAS CORRIDOS PARA 25 DIAS ÚTEIS.</t>
+  </si>
+  <si>
+    <t>465</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao144.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A VIABILIDADE DA CRIAÇÃO DE UM HOSPITAL PÚBLICO_x000D_
+VETERINÁRIO NO MUNICÍPIO DE SÃO GOTARDO/MG.</t>
+  </si>
+  <si>
+    <t>466</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao145.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR INSTALAÇÃO DE QUEBRA MOLAS, COM FAIXA REFLETIVA, E AS DEVIDAS PLACAS SINALIZADORAS, NA RUA JOSÉ FERREIRA DE SOUZA (EM FRENTE AO BAR DO VARDO E ANTIGA APAE) BAIRRO SÃO VICENTE.</t>
+  </si>
+  <si>
+    <t>467</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao146.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR INSTALAÇÃO DE QUEBRA MOLAS, COM FAIXA REFLETIVA, E AS DEVIDAS PLACAS SINALIZADORAS, NA RUA AVENIDA PRESIDENTE VARGAS, CENTRO, EM FRENTE AO VILLA HAYASHI ESQUINA COM INSTITUTO DE OLHOS.</t>
+  </si>
+  <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao147.pdf</t>
+  </si>
+  <si>
+    <t>Que o poder Executivo Municipal, usufruindo de suas prerrogativas, estude a possibilidade de realizar correção asfáltica com recuperação de todos os quebra-molas já existentes situados na rua São Pio X, e construção de travessias em elevação a altura dos nº 75 e 51, nesta mesma localidade, com toda sinalização horizontal e vertical.</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao148.pdf</t>
+  </si>
+  <si>
+    <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A NOTIFICAÇÃO DO LOTEADOR DO BAIRRO ECOVILLAGE, PARA QUE PROVIDENCIE A LIMPEZA E PRESERVAÇÃO DAS VIAS AINDA QUE EM FASE DE CONSTRUÇÃO.</t>
+  </si>
+  <si>
+    <t>470</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao149.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR MANILHAMENTO DA REDE PLUVIAL DO BAIRRO TAQUARIL, EM ESPECIAL, RUA OLIMPIO GONÇALVES DE RESENDE, A ALTURA DO № 894.</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao150.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE REALIZAR O RECAPEAMENTO ASFÁLTICO NA RUA WALDEMAR BELARMINO, LOCALIZADA NO BAIRRO ALTO BELA VISTA.</t>
+  </si>
+  <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao151.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR A LIGAÇÃO DAS VIAS ANTONIO GARCIAS DA SILVA - RUA PERIMETRAL Á TRAVESSA PADRE KERDOLE, CRIANDO ANEL VIÁRIO ENTRE OS BAIRROS VILA LUCIANA, RESIDENCIAL GARCIA E CENTRO.</t>
+  </si>
+  <si>
+    <t>487</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao152.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE INSTALAÇÃO DE UM MATA-BURRO NA ESTRADA RURAL QUE DÁ ACESSO AO SÍTIO GEMA DE OURO E A OUTRAS PROPRIEDADES DA REGIÃO.</t>
+  </si>
+  <si>
+    <t>488</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao153.pdf</t>
+  </si>
+  <si>
+    <t>ESTUDE A POSSIBILIDADE DE RETOMAR, E COMPUTAR TODAS AS CONTAGENS DE TEMPO, PARA FINS DE CARREIRA, DOS SERVIDORES PÚBLICOS E QUE ESTES PERÍODOS SEJAM RELACIONADOS TAMBÉM PARA AQUISIÇÃO DE QUINQUÊNIO, TRINTENÁRIO, FÉRIAS-PRÊMIO E OUTROS DIREITOS DESTES SERVIDORES, QUE POR FORÇA DA LEI COMPLEMENTAR 173/2020 TENHAM SIDO SUPRIMIDOS.</t>
+  </si>
+  <si>
+    <t>489</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao154.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE AQUISIÇÃO DE UM MICRO-ÔNIBUS ADAPTADO PARA O TRANSPORTE DE ALUNOS DA APAE (ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS) DESTE MUNICÍPIO, DEVIDAMENTE EQUIPADO PARA ATENDER TAMBÉM PESSOAS COM DEFICIÊNCIA FÍSICA E CADEIRANTES.</t>
+  </si>
+  <si>
+    <t>490</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao155.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR ALTERAÇÃO NO SENTIDO DE TRAFEGAÇÃO DA RUA CORONEL FREDERICO COELHO ENTRE OS Nº 23 (CRUZAMENTO COM A AV. 30 DE SETEMBRO) E N 361 (CRUZAMENTO COM A RUA TIRADENTES).</t>
+  </si>
+  <si>
+    <t>491</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/491/indicacao156.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR A AMPLIAÇÃO DOS ATENDIMENTOS DE HEMODIÁLISE AOS PACIENTES RENAIS.</t>
+  </si>
+  <si>
+    <t>492</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/492/indicacao157.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A APRESENTAÇÃO DO ANTEPROJETO DE LEI, ANEXO, QUE VISA INSTITUIR O A OFERTA DE SERVIÇOS DE TRADUTOR E INTÉRPRETE DA LÍNGUA BRASILEIRA DE SINAIS (LIBRAS) COMO MEDIDA DE ACESSIBILIDADE PARA ALUNOS COM DEFICIÊNCIA AUDITIVA NAS INSTITUIÇÕES DE ENSINO PÚBLICAS E PRIVADAS DO_x000D_
+MUNICÍPIO DE SÃO GOTARDO, CRIANDO ESTES CARGOS NO QUADRO DE PESSOAL DA EDUCAÇÃO.</t>
+  </si>
+  <si>
+    <t>493</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao158.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, REALIZE ESTUDOS DE FLUXO DE CAIXA PARA VERIFICAR POSSIBILIDADE DE IMPLEMENTAÇÃO DE NOVA POLÍTICA DE PAGAMENTO, FIXANDO O PRIMEIRO DIA ÚTIL DE CADA MÊS SUBSEQUENTE AO TRABALHADO COMO DATA OFICIAL PARA O CRÉDITO DOS VENCIMENTOS DE TODOS OS FUNCIONÁRIOS DO PODER EXECUTIVO, SEJAM ELES SERVIDORES PÚBLICOS CONCURSADOS OU CONTRATADOS.</t>
+  </si>
+  <si>
+    <t>494</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/494/indicacao159.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REGULAMENTAR A EMISSÃO DE ATESTADOS MÉDICOS E DECLARAÇÕES DE COMPARECIMENTO NAS UNIDADES DE PRONTO ATENDIMENTO (UPA) E UNIDADES BÁSICAS DE SAÚDE (UBS) DO MUNICÍPIO UTILIZANDO O SISTEMA DE TRIAGEM DE MANCHESTERCOMO CRITÉRIO OBJETIVO PARA A EMISSÃO DOS REFERIDOS DOCUMENTOS.</t>
+  </si>
+  <si>
+    <t>505</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao_160_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR RECONSTRUÇÃO DO APARATO DE USO DA PRAÇA SÃO GERALDO, EM FRENTE A IGREJA SÃO GERALDO, COM A RECONSTRUÇÃO DE BANCOS, CALÇAMENTO E MEIOS FIOS, REPLANTIO DE JARDIM, E AINDA A CONSTRUÇÃO DE COBERTURA - SOL/CHUVA PARA ABRIGO TEMPORÁRIO DOS TRANSEUNTES DA PRAÇA.</t>
+  </si>
+  <si>
+    <t>506</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_161_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE E DE REALIZAR EM CARÁTER DE URGÊNCIA A LIMPEZA GERAL E REMOÇÃO DE ENTULHOS; DESOCUPAÇÃO E REINTEGRAÇÃO DE POSSE, LACRAÇÃO E CERCAMENTO SEGURO E FISCALIZAÇÃO AMBIENTAL E DE POSTURAS No IMÓVEL PÚBLICO MUNICIPAL SITUADO NOS FUNDOS DO ALMOXARIFADO CENTRAL, COM ACESSO PELA TRAVESSA PADRE KERDOLE (OU RUA PADRE KERDOLE), NO BAIRRO CENTRO.</t>
+  </si>
+  <si>
+    <t>507</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/507/indicacao_162_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR RECAPEAMENTO ASFÁLTICO NO BAIRRO RESIDENCIAL GARCIA, EM ESPECIAL NAS RUAS CURITIBA, FLORIANOPOLIS E RIO DE JANEIRO.</t>
+  </si>
+  <si>
+    <t>508</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao_163_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR PAGAMENTO DE BONIFICAÇÃO NATALINA AOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
+  </si>
+  <si>
+    <t>509</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_164_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR ABONO (RATEIO) DOS VALORES DESTINADOS AO FUNDEB EXCEDENTES ENTRE OS PROFISSIONAIS DA SECRETARIA DE EDUCAÇÃO.</t>
+  </si>
+  <si>
+    <t>510</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_165_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR CAPACITAÇÃO CONTINUADA EM EDUCAÇÃO INCLUSIVA VOLTADO A TODOS OS SERVIDORES DA REDE MUNICIPAL DE ENSINO.</t>
+  </si>
+  <si>
+    <t>511</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_166_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL USUFRUINDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE IMPLEMENTAR INSTALAÇÃO DE QUEBRA MOLAS NO TRECHO COMPREENDIDO ENTRE O TREVO E O DISTRITO DE GUARDA DOS FERREIROS NOS MOLDES PREVISTOS PELO CONTRAN.</t>
+  </si>
+  <si>
+    <t>512</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_167_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A CONTRATAÇÃO DE PROFISSIONAIS MÉDICOS PARA "COBERTURA" DE FÉRIAS , VIABILIZANDO ATENDIMENTO MÉDICO EM PERÍODOS DE AFASTAMENTO E/OU AUSÊNCIA DO PROFISSIONAIS LOTADOS NA UNIDADE.</t>
+  </si>
+  <si>
+    <t>513</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_168_20251204_130653.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A CRIAÇÃO DO CENTRO DE ACOLHIMENTO PROVISÓRIO ANIMAL.</t>
+  </si>
+  <si>
+    <t>514</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/514/indicacao_169_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE IMPLEMENTAR ESTACIONAMENTO UNILATERAL NA AVENIDA FRANCISCO RESENDE FILHO, BAIRRO BOA ESPERANÇA ENTRE OS Nº 35 E 480 9  (DA FACULDADE CESG ATÉ O BAR DO BAIANO)</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao170.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE ADOTAR MEDIDAS PARA A REGULAMENTAÇÃO PLENA E FISCALIZAÇÃO EFETIVA DO TRANSPORTE POR APLICATIVOS NO MUNICIPIO, OBJETIVANDO IMPEDIR QUE PLATAFORMAS SEM CREDECIAMENTO MUNICIPAL ATUEM NO TRANSPORTE PARTICULAR IRREGULARMENTE.</t>
+  </si>
+  <si>
+    <t>528</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao171.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR DISPONIBILIZAÇÃO DE TROCADORES E FRALDÁRIOS EM TODAS UNIDADES BÁSICAS DE SAÚDE DO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>529</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao172.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR A CONSTRUÇÃO E IMPLEMENTAÇÃO DE UM RESTAURANTE POPULAR EM SÃO GOTARDO/MG.</t>
+  </si>
+  <si>
+    <t>530</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao173.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A IMPLEMENTAÇÃO DE UMA POLÍTICA PÚBLICA ESTRUTURADA PARA O ENFRENTAMENTO DO CAPACITISMO EM NOSSO MUNICÍPIO.</t>
+  </si>
+  <si>
+    <t>531</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao174.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE REALIZAR UM LEVANTAMENTO TÉCNICO E JURÍDICO ABRANGENTE DE TODA A LEGISLAÇÃO MUNICIPAL VIGENTE, NO ÂMBITO DO MUNICIPIO DE SÃO GOTARDO, СОМ О ОВJETIVO DE IDENTIFICAR NORMAS OBSOLETAS, SEM EFICÁCIA, SEM RELEVANCIA ATUAL OU EM DESUSO PARA QUE SEJAM REVOGADAS OU CONSOLIDADAS.</t>
+  </si>
+  <si>
+    <t>532</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao175.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE PROMOVER A AQUISIÇÃO E INSTALAÇÃO DE UM GERADOR DE ENERGIA ELÉTRICA PARA O PRONTO SOCORRO MUNICIPAL, QUE ATUALMENTE PASSA POR REFORMAS E MELHORIAS, E NÃO_x000D_
+DISPÕE DESSE EQUIPAMENTO ESSENCIAL.</t>
+  </si>
+  <si>
+    <t>533</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao176.pdf</t>
+  </si>
+  <si>
+    <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A VIABILIDADE DE INSTITUIR O PROGRAMA “TRANSPARÊNCIA_x000D_
+CIDADÃ NOS BAIRROS” NO ÂMBITO DO MUNICÍPIO DE SÃO GOTARDO.</t>
+  </si>
+  <si>
     <t>SPLO</t>
   </si>
   <si>
     <t>Substitutivo Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/24/1o_substitutivo_ao_projeto_de_lei_09_-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA MUNICIPAL DE PARCERIAS PÚBLICO-PRIVADAS E CONCESSÕES DE SÃO GOTARDO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/51/subprojeto12_20250624_125436.pdf</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/52/subprojeto20_20250624_132100.pdf</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/57/subprojeto24_20250624_174005.pdf</t>
   </si>
   <si>
     <t>Institui o Dia do Nordestino no Município de São Gotardo, e dá outras providências.</t>
   </si>
   <si>
     <t>328</t>
@@ -2882,69 +3626,87 @@
   <si>
     <t>454</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/454/subprojeto94_20251028_132528.pdf</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/446/subprojeto96_20251028_131311.pdf</t>
   </si>
   <si>
     <t>Institui o Mês "Fevereiro Roxo" no calendário oficial do Município de São Gotardo, dedicado à conscientização sobre a Fibromialgia, e estabelece seu símbolo oficial.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/447/subprojeto98_20251028_131140.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal da Pessoa com Deficiência e a Semana Municipal de Conscientização, Inclusão e Cidadania da Pessoa com Deficiência no Município de São Gotardo.</t>
   </si>
   <si>
+    <t>517</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/517/subprojeto106.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as Diretrizes de Ordenamento do Espaço Territorial e as Condições de Segurança da Fiação Aérea e Infraestrutura de Suporte em Vias e Logradouros Públicos do Município de São Gotardo, e dá outras providências.</t>
+  </si>
+  <si>
     <t>SLC</t>
   </si>
   <si>
     <t>Substitutivo Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/32/1o_substitutivo_ao_projeto_de_lei_complementar_no_19_de_27_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/55/subprojeto25_20250624_170101.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO DO PLANO DE CARGOS, CARREIRA E VENCIMENTOS DA CÂMARA MUNICIPAL DE SÃO GOTARDO - MINAS GERAIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/54/subprojeto26_20250624_164925.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA DA CÂMARA MUNICIPAL DE SÃO GOTARDO</t>
+  </si>
+  <si>
+    <t>477</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/477/2subprojetocom126.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO E CRIA NOVOS ARTIGOS NO CÓDIGO TRIBUTÁRIO DE SÃO GOTARDO/MG, LEI MUNICIPAL Nº 1369, DE 17 DE DEZEMBRO DE 1998 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PRO</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/79/01.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE INSTALAR CAÇAMBAS COLETORAS DE LIXO NA REGIÃO DO “BORRACHUDO" CHACREAMENTO LOCALIZADO PRÓXIMO AO ALTO DA SUBESTAÇÃO E NA REGIÃO DO CÓRREGO DO RETIRO.</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/80/02.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O ACESSO AOS BAIRROS GERALDO MARQUES, SANTA TEREZINHA E BAIRRO LIBERDADE, SENDO ABERTO O ACESSO NA INTERCESSÃO ENTE RUA CARIJÓS, AVENIDA BRASIL PISTA PRINCIPAL.</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/81/03.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR NA RUA DAS CAMÉLIAS ALTURA DO N° 450, EM FRENTE A EMPRESA RABELO E MARTINS, A CRIAÇÃO DE UM QUEBRA MOLAS COM FAIXA REFLETIVA DE PEDESTRES.</t>
   </si>
@@ -3308,357 +4070,255 @@
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/139/61.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A PINTURA DOS QUEBRA-MOLAS LOCALIZADOS NA AVENIDA TABELIÃO JOÃO LOPES, ESPECIFICAMENTE EM FRENTE AO DESPACHANTE DO BINHO E NAS PROXIMIDADES DA ANTIGA_x000D_
 SÓ FRANGO.</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/140/62.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A OPERAÇÃO TAPA-BURACOS NA AVENIDA RIO TOCANTINS, EM TODA SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/141/63.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZARA OPERAÇÃO TAPA-BURACOS NA RUA RIO SÃO LOURENÇO, NA ALTURA DO NUMERO 48, E PROXIMIDADES NO BAIRRO SOL NASCENTE – PROXIMO АО НОTELZINHO DA TIA LU.</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/142/64.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR PLACAS DE PROIBIDO PARAR E ESTACIONAR NO INÍCIO DA RUA PEDRO BOUGLEX, Bairro NOSSA SENHORA DE FÁTIMA, DO LADO ESQUERDO, ATÉ A ALTURA DO ESTABELECIMENTO RENÊ MOTO PEÇAS.</t>
   </si>
   <si>
-    <t>143</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/143/65.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A IMPLANTAÇÃO DO ESPAÇO RESERVADO PARA O ESTACIONAMENTO EXCLUSIVO DE VEICULOS ESCOLARES NA ESCOLA ESTADUAL CONSELHEIRO AFONSO PENA.</t>
   </si>
   <si>
-    <t>144</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/144/66.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE EFETUAR SENTIDO ÚNICO NA RUA SÃO VICENTE SENTIDO TRAVESSA SÃO VICENTE, NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
-    <t>145</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/145/67.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE EFETUAR SENTIDO ÚNICO NA ANTIGA RUA SEIS (6) SENTIDO CEMITÉRIO, NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
-    <t>146</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/146/68.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE EFETUAR SENTIDO ÚNICO NA RUA OSCAR SATO (RUA 10) DA ESQUINA DA RUA SONIA CRISTINA ATÉ A ESQUINA DA RUA LUCAS TORQUATRO NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
-    <t>147</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/147/69.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR ALTERAÇÃO DA LEI MUNICIPAL QUE TRATA DOS CONVÊNIOS PARA CESSÃO DE ESTAGIÁRIOS DE PÓS GRADUAÇÃO DO MUNICIPIO, AMPLIANDO A POSSIBILIDADE DE CONVENIAR-SE AO MINISTÉRIO PÚBLICO, POLICIA CIVIL, E DEMAIS ÓRGÃOS PÚBLICOS QUE PRESTEM RELEVANTE SERVIÇO SOCIAL.</t>
   </si>
   <si>
-    <t>148</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/148/70.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE ASFALTAR A RUA BERLIM NO BAIRRO JARDIM EUROPА.</t>
   </si>
   <si>
-    <t>149</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/149/71.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE DESTINAR DOIS SERVIDORES EFETIVOS PARA REALIZAÇÃO DE CURSO DE IDENTIFICADOR, NO INSTITUTO DE IDENTIFICAÇÃO EM BH.</t>
   </si>
   <si>
-    <t>150</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/150/72.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE SOLICITAR PROVIDÊNCIA URGENTE QUANTO À SITUAÇÃO DE UM TERRENO LOCALIZADO NA RUA FREI PAULINO, ABAIXO AO NÚMERO 573, BAIRRO CENTRO.</t>
-  </si>
-[...1 lines deleted...]
-    <t>151</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/151/73.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE SOLICITAR PROVIDÊNCIAS EM RELAÇÃO A DOIS PONTOS CRITICOS DE MOBILIDADE URBANA QUE VEM GERANDO TRANSTORNOS OFERECENDO RISCOS À SEGURANÇA NO TRANSITO:_x000D_
 1. RECUO DO CANTEIRO CENTRAL NA AVENIDA RIO BRANCO, ESQUINA COM A AVENIDA DAS ROSAS._x000D_
 2. ALTERAÇÃO DO SENTIDO DE VIA NA RUA DAS VIOLETAS (VIELA AO LADO DA SUBESTAÇÃO DA CEMIG).</t>
   </si>
   <si>
-    <t>152</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/152/74.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR FISCALIZAÇÃO QUANTO A EMISSÃO DE NOTAS FISCAIS E RECOLHIMENTOS DEVIDOS DE ALVARÁS QUANDO CABÍVEL NAS FEIRAS ITINERANTES QUE POR VEZES SE INSTALAM NO MUNICIPIO.</t>
   </si>
   <si>
-    <t>153</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/153/75.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A PODA NA UBS DO BAIRRO SANTA TEREZINHA</t>
   </si>
   <si>
-    <t>154</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/154/76.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR PODAS NAS VIAS PÚBLICAS E ÁREA DE PRAÇA DO BAIRRO PORTAL DAS PALMEIRAS.</t>
   </si>
   <si>
-    <t>155</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/155/77.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR RECOLHIMENTO DOS ANIMAIS DE RUA FEROZES, E QUE APRESENTAM RISCO SOCIEDADE, E ENCAMINHÁ-LOS DEVIDAMENTE A LOCAL COMPETENTE PARA RECEBIMENTO DE TRATAMENTO/CUIDADOS, RESPEITADA A LEGISLAÇÃO COMPETENTE VIGENTE.</t>
   </si>
   <si>
-    <t>156</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/156/78.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RUA LÁZARO SOUZA, № 541, L 01, Q 13, BAIRRO PORTAL DAS PALMEIRAS.</t>
   </si>
   <si>
-    <t>157</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/157/79.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE SOLICITAR PROVIDÊNCIAS URGENTES QUANTO À NECESSIDADE DE DRENAGEM NA PROJEÇÃO DA AVENIDA HERMENEGILDO JOSÉ DE OLIVEIRA, QUE SEGUE NOI SENTIDO DA ESTRADA RURAL GERALDO DA COTA, ONDE SE ENCONTRAM INSTALADOS DIVERSOS BARRACÕES.</t>
   </si>
   <si>
-    <t>158</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/158/80.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR PODA E CAPINA NO LOTE DE PROPRIEDADE DO MUNICIPIO, SITUADO AО LADO DA AGÊNCIA DO INSS,E SEUS ARREDORES E NA VEGETAÇÃO PROXIMA АО MARGEAMENTO DO CORREGO CONFUSÃO A ALTURA DO Nº 22 DA RUA JOSÉ RIBEIRO DE SOUZA.</t>
   </si>
   <si>
-    <t>159</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/159/81.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A PODA DE ÁRVORES LOCALIZADO NA AVENIDA RIO BRANCO, ESPECIFICAMENTE EM FRENTE À OPHICINA DA MODA.</t>
   </si>
   <si>
-    <t>160</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/160/82.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A PODA, NO QUE LHE COMPETIR, NA RUA DAS ANTENAS, EM TODA SUA EXTENSÃO, E NOTIFICAR OS PROPRIETÁRIOS DE LOTES DA MESMA RUA, PARA QUE REALIZEM TAMBÉM A LIMPEZA DE SUAS ÁREAS.</t>
   </si>
   <si>
-    <t>161</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/161/83.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR PROVIDÊNCIAS QUANTO À REPOSIÇÃO E MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NA RUA AUGUSTO ALVES PINTO, BAIRRO LIRIOS DO CAMPO/BOA ESPERANÇA, BEM COMO EM SUAS IMEDIAÇÕES.</t>
   </si>
   <si>
-    <t>162</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/162/84.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE PLANEJAR OS REPAROS NO SISTEMA DE DRENAGEM PLUVIAL QUE ATENDЕ O BAIRRO RESIDENCIAL GARCIA, CUJA REDE PASSA PELA RUA MARIA JOSÉ RESENDE COUTO, ESQUINA COM A RUA GUMERCINO LOPES DA SILVA. (FOTOS EM ANEXO).</t>
   </si>
   <si>
-    <t>163</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/163/85.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE SOLICITAR A LIMPEZA E MANUTENÇÃO DA REPRESA DE ABASTECIMENTO DE ÁGUA DA COMUNIDADE DE AGROVILA.</t>
   </si>
   <si>
-    <t>164</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/164/86.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A NOTIFICAÇÃO DO PROPRIETÁRIO DO LOTE SITUADO NA RUA A - AVENIDA PROGRESSO – LOGO ABAIXO DO N 115, NO BAIRRO SANTA TEREZINHA, PARA QUE PROCEDA COM A LIMPEZA DE SUA ÁREA.</t>
   </si>
   <si>
-    <t>165</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/165/87.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A INSTALAÇÃO DE SINALIZAÇÃO PARA OS REDUTORES DE VELOCIDADE, EM DISTÂNCIA REGULAMENTAR, NO DISTRITO DE CAPELINHA DO ABAETÉ.</t>
   </si>
   <si>
-    <t>166</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/166/88.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR LIMPEZA Е COMBATE AS ERVAS DANINHAS DAS PRAÇAS SÃO SEBASTIÃO SAGRADOS CORAÇÕES.</t>
   </si>
   <si>
-    <t>167</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/167/89.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O VIABILIZAR RECAPEAMENTO ASFÁLTICO A ALTURA DO CRUZAMENTO DAS RUAS TABELIÃO ANTONIO MELGAÇÕ COM A RUA PROFESSOR NAYTHERES DE RESENDE.</t>
   </si>
   <si>
-    <t>168</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/168/90.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR PROVIDÊNCIAS QUANTO A VALETA ABERTA NA RUA JOSÉ MALICA, BAIRRO BOA ESPERANÇA.</t>
   </si>
   <si>
-    <t>169</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/169/91.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A REVITALIZAÇÃO ASFALTICA EM TAMPA DE BUEIRO QUE APRESENTA DESNÍVEL Á ALTURA DO N 348, CRUZAMENTO DA RUA PINHEIRO MACHADO E AVENIDA RUI BARBOSA.</t>
   </si>
   <si>
-    <t>170</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/170/92.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR PROVIDENCIAS QUANTO A NECESSIDADE DE TAPAR UM BURACO EXISTENTE NA RUA NOSSA SENHORA DA ABADIA, NAS PROXIMIDADES DA UNIDADE DE TRATAMENTO DE ÁGUA DA COPASA, NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
-    <t>171</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/171/93.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE PLANEJAR A REINSTALAÇÃO E SUBSTITUIÇÃO DE PLACAS DE PROIBIÇÃO DE ESTACIONAMENTO DE VEICULOS DE GRANDE PORTE NA AVENIDA BRASIL E PRAÇA CIRO FRANCO.</t>
   </si>
   <si>
-    <t>172</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/172/94.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O VIABILIZAR RECAPEAMENTO ASFÁLTICO A ALTURA DO Nº 591, AVENIDA NOSSA SENHORA DE FÁTIMA, E SUAS PROXIMIDADES.</t>
   </si>
   <si>
-    <t>173</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/173/95.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A INSTALAÇÃO E/OU REPARO DA ILUMINAÇÃO PÚBLICA NA RUA DAS MARGARIDAS, LOCALIZADA NO BAIRRO TAQUARIL, ESPECIFICAMENTE NO TRECHO QUE DÁ ACESSO ÀS BAIAS.</t>
   </si>
   <si>
-    <t>174</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/174/96.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR SERVIÇO DE MANUTENÇÃO NA VIA LATERAL A RODOVIA ESTADUAL MG-235, NAS MEDIAÇÕES DO KM 83, COM A FINALIDADE DE NIVELAR E ALINHAR A ESTRADA SECUNDÁRIA, HAJA VISTA OS DIVERSOS BURACOS QUE ALI SURGIRAM, FATO QUE COLOCA EM RISCO NÃO SÓ OS CONDUTORES DE VEÍCULOS AUTOMOTORES, MAS A TODOS QUE A UTILIZAM.</t>
-  </si>
-[...1 lines deleted...]
-    <t>175</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/175/97.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR PROVIDÊNCIAS URGENTES DIANTE DA SITUAÇÃO CRITICA ENFRENTADA PELOS MORADORES DO DISTRITO DE GUARDA DOS FERREIROS. CONFORME DESCRITO ABAIXО:_x000D_
 1. Ruas esburacadas e intransitáveis comprometendo tráfego e causando danos a veículos;_x000D_
 2. Falta de iluminação pública, o que aumenta os riscos de assaltos e acidentes;_x000D_
 3. Acumulo de lixo e mato alto em terrenos baldios e áreas públicas representando risco à saúde;_x000D_
 4. Ausência de policiamento ou patrulhamento preventivo;_x000D_
 5. Problemas de drenagem e alagamentos em dias de chuva;</t>
   </si>
   <si>
-    <t>176</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/176/98.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE NOTIFICAÇÃO DOS PROPRIETÁRIOS DOS TERRENOS LOCALIZADOIS NA RUA BAGUAÇU, BAIRRO PORTAL DAS PALMEIRAS, PARA QUE PROCEDAM COM A DEVIDA LIMPEZA E MANUTENÇÃO DOS TERRENOS.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/177/99.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE IMPLANTAÇÃO DE MÃO ÚNICA NO SENTIDO DECRESCENTE NA RUA RIO NEGRO, BAIRRO JARDIM ANA PAULA.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/298/100.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR RECAPEAMENTO ASFÁLTICO A ALTURA DOS N° 165 e 167, NA RUA OLÍMPIO GONÇALVES DE RESENDE.</t>
   </si>
   <si>
     <t>299</t>
@@ -4200,63 +4860,155 @@
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/421/providencia159.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A SINALIZAÇÃO DE TRÂNSITO NAS ESQUINAS DAS RUAS PREFEITO SEBASTIÃO FONTE BOA E JOSE GONZAGA MUNIZ, BAIRRO NOSSA SENHORA DE FATIMA, EM TODA A SUA EXTENSÃO QUE RECENTEMENTE FORAM RECAPEADAS.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/422/providencia160.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE AVERIGUAÇÃO E SE NECESSÁRIO, NOTIFICAÇÃO AO PROPRIETÁRIO DO TERRENO LOCALIZADO NA RUA CANDIDO LOPES DA SILVA, BAIRRO ALTO BELA VISTA, O QUAL FOI RECENTEMENTE RECAPEADA.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/423/providencia161.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A PINTURA DE TODOS OS MEIOS-FIOS, REVITALIZAÇÃO E PINTURA DE TODAS AS FAIXAS DE PEDESTRES E IMPLANTAÇÃO E/OU SUBSTITUIÇÃO DA SINALIZAÇÃO VERTICAL CORRESPONDENTE NA AVENIDA RUI BARBOSA POR TODA SUA EXTENSÃO.</t>
   </si>
   <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/473/providencia162.pdf</t>
+  </si>
+  <si>
+    <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR UMA AVERIGUAÇÃO INTENSA E, SE NECESSÁRIO NOTIFICAÇÃO DO PROPRIETÁRIO DOS ANIMAIS (BOVINOS) QUE VÊM SENDO CONSTANTEMENTE VISTOS SOLTOS NA AVENIDA DAS_x000D_
+GRAVIOLAS, NAS PROXIMIDADES DA RUA JOSÉ MALICA.</t>
+  </si>
+  <si>
+    <t>474</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/474/providencia163.pdf</t>
+  </si>
+  <si>
+    <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR MEDIDAS URGENTES QUANTO AO ESCOAMENTO DE ÁGUAS PLUVIAIS E DE LIMPEZA QUE FICAM ACUMULADAS NA RUA 2, ALTURA DO N° 20, BAIRRO SÃO GERALDO.</t>
+  </si>
+  <si>
+    <t>475</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/475/providencia164.pdf</t>
+  </si>
+  <si>
+    <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A RETIRADA DOS TOCOS DE EUCALIPTO LOCALIZADOS ÀS MARGENS DA RODOVIA QUE LIGA SÃO GOTARDO AO DISTRITO DE CAPELINHA DO ABAETÉ, NO ANTIGO TERRENO DO SR._x000D_
+TADAAKI AGOYAQUI, ATUALMENTE, SEGUNDO INFORMAÇÕES PERTENCENTE À COOPADAP.</t>
+  </si>
+  <si>
+    <t>476</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/476/providencia165.pdf</t>
+  </si>
+  <si>
+    <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A CONSTRUÇÃO DE QUEBRA-MOLAS OU TRAVESSIA ELEVADA COM FAIXA REFLETIVA NA AVENIDA PREFEITO EROTIDES BATISTA, PROXIMO AO POSTO, SAIDA EM FRENTE A VIA GOVERNADOR BIAS FORTES.</t>
+  </si>
+  <si>
+    <t>495</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/495/providencia166.pdf</t>
+  </si>
+  <si>
+    <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A INSTALAÇÃO DE 2 (DOIS) QUEBRA-MOLAS NA AVENIDA RIO BRANCO, NO SENTIDO PARQUE DOS IPÊS - CENTRO, SENDO UM EM FRENTE AO N° 639 (IGREJA SÃO DO REINO DAS TESTEMUNHAS DE JEOVÁ) E OUTRO EM FRENTE AO N° 827 (ABAIXO DA GOLDNET TELECOM).</t>
+  </si>
+  <si>
+    <t>515</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/515/pedido_de_providencia_168_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A IMPLEMENTAÇÃO DE SINALIZAÇÕES DE TRÂNSITO PERTINENTES, HORIZONTAL E VERTICAL, NO CRUZAMENTO DA RUA MINAS GERAIS COM A RUA PINHEIRO MACHADO.</t>
+  </si>
+  <si>
+    <t>516</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/516/pedido_de_providencia_169_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR SERVIÇO DE RECAPEAMENTO ASFÁLTICO DAS VIAS PÚBLICAS DO BAIRRO ALTO BELA VISTA, COM ATENÇÃO ESPECIAL A RUA VAZANTE, RUA JOÃO DE SOUZA, RUA JOSÉ MARINHO E RUA SÃO JOSÉ.</t>
+  </si>
+  <si>
+    <t>525</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/525/providencia170.pdf</t>
+  </si>
+  <si>
+    <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A SUBSTITUIÇÃO DAS MANILHAS ATUALMENTE INSTALADAS NA RUA CASEMIRO LOPES, PROXIMIDADES DO N° 98, BAIRRO GERALDO MARQUES, PROXIMO AO CAMPO DO SR. TOTOCA.</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/526/providencia171.pdf</t>
+  </si>
+  <si>
+    <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE QUE SEJAM ADOTADAS PROVIDENCIAS URGENTES NO PARQUE DOS IPÊS, TENDO EM VISTA O ESTADO DE ABANDONO EM QUE SE ENCONTRA.</t>
+  </si>
+  <si>
     <t>372</t>
   </si>
   <si>
     <t>PRDEC</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projetodecreto02_20250916_161340.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da "Comenda Alysson Paolinelli" criada pela Resolução nº 323/2025.</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/499/projetodecreto05.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de títulos de Cidadania Honorária e Benemérita para o ano de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4560,56 +5312,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_lei_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/40/projeto02_20250624_172541.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/43/projeto03_20250624_172943.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_04_de_03_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_05_de_03_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/48/projeto07_20250623_174119.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/50/projeto10_20250624_123233.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/4/projeto11_20250624_124412.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/37/projeto12_20250624_125250.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/76/projeto13.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_14_de_21_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_15-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/370/projeto16_20250905_143238.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_lei_17_de_27_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/36/projeto18_20250624_131526.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_20_de_17_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_21_de_17_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_22_de_19_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/38/projeto23_20250624_133327.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_27_de_28_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/39/projeto28_20250624_133927.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/53/projeto29_20250624_163430.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/56/projeto30_20250624_171929.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/46/projeto31_20250624_134412.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/45/projeto32_20250624_173512.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_33-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_34-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_35-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_36-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_37-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_38-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/22/projeto_de_lei_39-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/23/projeto_de_lei_40-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/33/projeto_de_lei_ordinaria_no_41_de_05_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/34/projeto_de_lei_ordinaria_no_42_de_05_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/73/projeto43_20250701_142201.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/68/projeto44_20250627_164939.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/72/projeto45_20250701_142004.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/71/projeto46_20250701_141806.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/69/projeto47_20250627_165514.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/70/projeto48_20250627_163917.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/62/projeto49_20250627_164648.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/63/projeto50_20250627_164239.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/64/projeto51_20250627_165841.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/65/projeto52_20250627_170011.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/66/projeto53_20250627_170118.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/67/projeto54_20250627_170419.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/77/projeto55_20250703_135824.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/281/projeto56_20250716_174500.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/282/projeto57_20250729_172226.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/283/projeto58_20250729_172014.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/284/projeto59_20250729_171030.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/285/projeto60_20250729_170819.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/286/projeto61_20250806_133706.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/287/projeto62_20250806_133924.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/288/projeto63_20250806_134122.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/289/projeto64_20250806_134259.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/290/projeto65_20250806_134415.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/291/projeto66_20250806_134601.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/320/projeto67_20250813_130327.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/321/projeto68_20250813_130050.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/322/projeto69_20250813_125728.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/323/projeto70_20250813_125533.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/324/projeto71_20250813_125234.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/325/projeto72_20250820_133309.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/326/projeto73_20250820_133204.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/327/projeto74_20250820_141952.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/347/projeto75_20250903_131937.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/349/projeto77_20250903_131450.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/352/projeto80_20250903_130719.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/371/projeto81_20250905_151634.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/377/projeto82_20250917_124706.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/385/projeto84_merged.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/386/projeto85_merged.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/383/projeto86_20250917_131833.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/382/projeto87_20250917_131713.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/381/projeto88_20250917_135931.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/380/projeto89_20250917_131327.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/376/projeto92_20250917_130801.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/375/projeto93_20250917_130704.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/374/projeto94_20250917_130543.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/373/projeto95_20250917_123828.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/410/projeto96_20251015_135933.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/412/projeto98_20251015_141149.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/417/projeto100_20251017_163334-1-5.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/436/projeto101_20251028_124138.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/437/projeto102_20251028_124812.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/438/projeto103_20251028_124954.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/439/projeto104_20251028_124658.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/440/projeto105_20251028_124538.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/441/projeto106_20251028_123916.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/442/projeto107_20251028_124023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/443/projeto108_20251028_123411.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/444/projeto109_20251028_123629.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/445/projeto110_20251028_123733.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/448/projeto111_20251028_123241.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/449/projeto112_20251028_123118.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/450/projeto113_20251028_124324.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/451/projeto114_20251028_122938.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/452/projeto115_20251028_122706.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/453/projeto116_20251028_122257.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/42/projeto06_20250624_163937.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/44/projeto08_20250623_174611.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_lei_complementar_19-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_complementar_25-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_complementar_26-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/348/projetocomp76_20250903_131754.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/350/projetocomp78_20250903_131245.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/351/projetocomp79_20250903_130855.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/384/projetocomp83_20250917_132009.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/379/projetocomp90_20250917_131216.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/378/projetocomp91_20250917_131022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/411/projetocomp97_20251015_142626.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/416/projeto99_20251017_163844-1-3.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/58/projetoresolucao01_20250625_124633.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_resolucao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_resolucao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/59/projetoresolucao04_20250625_125714.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/60/projetoresolucao05_20250625_132038.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/61/projetoresolucao06_20250625_132601.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/78/projetoresolucao07_20250704_130006.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/329/projetores08_20250821_122008.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/330/requerimento_no_04.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/331/requerimento_no_05.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/332/requerimento_no_06.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/333/requerimento_no_07.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/424/requerimento08_20251022_140039.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao01.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao02.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao03.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao04.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao05.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao06.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao07.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao08.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao09.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao10.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao11.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao12.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao13.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao14.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao15.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao16.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao17.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao18.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao19.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao20.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao21.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao22.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao23.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao24.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao25.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao26.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao27.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao28.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao29.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao30.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao31.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao32.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao33.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao34.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao35.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao36.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao37.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao38.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao39.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao40.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao41.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao42.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao43.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao44.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao45.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao46.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao47.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao48.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao49.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao50.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao51.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao52.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao53.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao54.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao55.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao56.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao57.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao58.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao59.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao60.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao61.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao62.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao63.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao64.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao65.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao66.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao67.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao68.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao69.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_70-2025_ver._roberto.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao71.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_72-2025_ver._joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_73-2025_ver._waldemario.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_no_74-2025_ver._fernando_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao75.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao76.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao77.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao78.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao79.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/252/indicacao80.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao81.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao82.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao83.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao84.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao85.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao86.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao87.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao88.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao89.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao90.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/263/indicacao91.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/264/indicacao92.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/265/indicacao93.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/266/indicacao94.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao95.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao96.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao97.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao98.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao99.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao100.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao101.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao102.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao103.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao104.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/277/indicacao105.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/278/indicacao106.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao107.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao108.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao109.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao110.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao111.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao113.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/334/114.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/335/115.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/336/116.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/337/117.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao118.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao119.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/369/indicacao120.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao121.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao122.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao123.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/390/indicacao124.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/391/indicacao125.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/392/indicacao126.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/405/indicacao_no_127_de_2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/406/indicacao_no128_de_2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_no_129_de_2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_no_130_de_2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_no_131_de_2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/425/indicacao_132.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/426/indicacao_133.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/427/indicacao_134.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_135.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/429/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/430/indicacao_137.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/431/indicacao_138.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_139.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_140.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_141.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_142.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/24/1o_substitutivo_ao_projeto_de_lei_09_-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/51/subprojeto12_20250624_125436.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/52/subprojeto20_20250624_132100.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/57/subprojeto24_20250624_174005.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/328/subprojeto36_20250820_141900.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/74/subprojeto38_20250701_151910.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/75/subprojeto39_20250701_142707.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/280/subprojeto40_20250715_135708.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/319/subprojeto64_20250820_132907.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/413/substitutivoprojeto68_20251017_164412.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/414/substitutivoprojeto69_20251017_164138.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/415/substitutivoprojeto70_20251017_164641.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/454/subprojeto94_20251028_132528.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/446/subprojeto96_20251028_131311.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/447/subprojeto98_20251028_131140.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/32/1o_substitutivo_ao_projeto_de_lei_complementar_no_19_de_27_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/55/subprojeto25_20250624_170101.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/54/subprojeto26_20250624_164925.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/79/01.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/80/02.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/81/03.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/82/04.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/83/05.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/84/06.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/85/07.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/86/08.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/87/09.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/88/10.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/89/11.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/90/12.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/91/13.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/92/14.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/93/15.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/94/16.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/95/17.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/96/18.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/97/19.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/98/20.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/99/21.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/100/22.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/101/23.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/102/24.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/103/25.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/104/26.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/105/27.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/106/28.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/107/29.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/108/30.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/109/31.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/110/32.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/111/33.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/112/34.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/113/35.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/114/36.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/115/37.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/116/38.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/117/39.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/118/40.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/119/41.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/120/42.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/121/43.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/122/44.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/123/45.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/124/46.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/125/47.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/126/48.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/127/49.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/128/50.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/129/51.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/130/52.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/131/53.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/132/54.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/133/55.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/134/56.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/135/57.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/136/58.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/137/59.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/138/60.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/139/61.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/140/62.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/141/63.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/142/64.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/143/65.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/144/66.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/145/67.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/146/68.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/147/69.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/148/70.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/149/71.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/150/72.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/151/73.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/152/74.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/153/75.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/154/76.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/155/77.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/156/78.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/157/79.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/158/80.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/159/81.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/160/82.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/161/83.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/162/84.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/163/85.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/164/86.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/165/87.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/166/88.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/167/89.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/168/90.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/169/91.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/170/92.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/171/93.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/172/94.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/173/95.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/174/96.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/175/97.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/176/98.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/177/99.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/298/100.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/299/101.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/300/102.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/301/103.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/302/104.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/303/105.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/304/106.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/305/107.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/306/108.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/307/109.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/308/110.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/309/111.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/310/112.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/311/113.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/312/114.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/313/115.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/314/116.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/315/117.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/316/118.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/317/119.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/318/120.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/338/121.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/339/122.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/340/123.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/341/124.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/342/125.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/343/126.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/344/127.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/345/128.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/346/129.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/353/providencia130.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/354/providencia131.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/355/providencia132.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/356/providencia133.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/357/providencia134.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/358/providencia135.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/359/providencia136.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/360/providencia137.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/361/providencia138.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/362/providencia139.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/363/providencia140.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/364/providencia141.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/365/providencia142.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/366/providencia143.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/393/providencia144.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/394/providencia145.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/395/providencia146.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/396/providencia147.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/397/providencia148.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/398/providencia149.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/399/providencia150.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/400/providencia151.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/401/providencia152.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/402/pedido_de_providencia_no_153_de_2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/403/pedido_de_providencia_no_154_de_2025.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/404/pedido_de_providencia_155_de_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/418/providencia156.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/419/providencia157.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/420/providencia158.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/421/providencia159.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/422/providencia160.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/423/providencia161.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projetodecreto02_20250916_161340.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_lei_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/40/projeto02_20250624_172541.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/43/projeto03_20250624_172943.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_04_de_03_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_05_de_03_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/48/projeto07_20250623_174119.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/50/projeto10_20250624_123233.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/4/projeto11_20250624_124412.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/37/projeto12_20250624_125250.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/76/projeto13.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_14_de_21_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_15-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/370/projeto16_20250905_143238.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_lei_17_de_27_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/36/projeto18_20250624_131526.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_20_de_17_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_21_de_17_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_22_de_19_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/38/projeto23_20250624_133327.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_27_de_28_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/39/projeto28_20250624_133927.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/53/projeto29_20250624_163430.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/56/projeto30_20250624_171929.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/46/projeto31_20250624_134412.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/45/projeto32_20250624_173512.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_33-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_34-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_35-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_36-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_37-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_38-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/22/projeto_de_lei_39-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/23/projeto_de_lei_40-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/33/projeto_de_lei_ordinaria_no_41_de_05_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/34/projeto_de_lei_ordinaria_no_42_de_05_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/73/projeto43_20250701_142201.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/68/projeto44_20250627_164939.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/72/projeto45_20250701_142004.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/71/projeto46_20250701_141806.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/69/projeto47_20250627_165514.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/70/projeto48_20250627_163917.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/62/projeto49_20250627_164648.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/63/projeto50_20250627_164239.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/64/projeto51_20250627_165841.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/65/projeto52_20250627_170011.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/66/projeto53_20250627_170118.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/67/projeto54_20250627_170419.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/77/projeto55_20250703_135824.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/281/projeto56_20250716_174500.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/282/projeto57_20250729_172226.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/283/projeto58_20250729_172014.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/284/projeto59_20250729_171030.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/285/projeto60_20250729_170819.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/286/projeto61_20250806_133706.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/287/projeto62_20250806_133924.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/288/projeto63_20250806_134122.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/289/projeto64_20250806_134259.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/290/projeto65_20250806_134415.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/291/projeto66_20250806_134601.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/320/projeto67_20250813_130327.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/321/projeto68_20250813_130050.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/322/projeto69_20250813_125728.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/323/projeto70_20250813_125533.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/324/projeto71_20250813_125234.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/325/projeto72_20250820_133309.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/326/projeto73_20250820_133204.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/327/projeto74_20250820_141952.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/347/projeto75_20250903_131937.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/349/projeto77_20250903_131450.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/352/projeto80_20250903_130719.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/371/projeto81_20250905_151634.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/377/projeto82_20250917_124706.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/385/projeto84_merged.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/386/projeto85_merged.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/383/projeto86_20250917_131833.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/382/projeto87_20250917_131713.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/381/projeto88_20250917_135931.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/380/projeto89_20250917_131327.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/376/projeto92_20250917_130801.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/375/projeto93_20250917_130704.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/374/projeto94_20250917_130543.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/373/projeto95_20250917_123828.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/410/projeto96_20251015_135933.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/412/projeto98_20251015_141149.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/417/projeto100_20251017_163334-1-5.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/436/projeto101_20251028_124138.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/437/projeto102_20251028_124812.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/438/projeto103_20251028_124954.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/439/projeto104_20251028_124658.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/440/projeto105_20251028_124538.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/441/projeto106_20251028_123916.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/442/projeto107_20251028_124023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/443/projeto108_20251028_123411.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/444/projeto109_20251028_123629.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/445/projeto110_20251028_123733.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/448/projeto111_20251028_123241.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/449/projeto112_20251028_123118.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/450/projeto113_20251028_124324.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/451/projeto114_20251028_122938.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/452/projeto115_20251028_122706.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/453/projeto116_20251028_122257.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/455/projeto117_20251104_134111.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/456/projeto118_20251104_133948.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/457/projeto119_20251104_133801.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/458/projeto120_20251104_133635.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/459/projeto121_20251104_133502.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/460/projeto122_20251104_133335.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/461/projeto123_20251104_133039.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/462/projeto124_20251104_132825.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/478/projeto127.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/479/projeto128.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/480/projeto129.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/481/projeto130.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/482/projeto131.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/483/projeto132.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/496/projeto133.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/497/projeto134.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/498/projeto135.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/502/projeto136.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/503/projeto137.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/518/projeto139.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/520/projeto141.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/521/projeto142.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/522/projeto143.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/523/projeto144.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/524/projeto145_20251218_151624.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/539/260109125704_rotated_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/534/projeto147_2_1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/535/projeto148_1.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/536/projeto149_1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/537/projeto150_1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/42/projeto06_20250624_163937.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/44/projeto08_20250623_174611.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_lei_complementar_19-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_complementar_25-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_complementar_26-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/348/projetocomp76_20250903_131754.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/350/projetocomp78_20250903_131245.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/351/projetocomp79_20250903_130855.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/384/projetocomp83_20250917_132009.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/379/projetocomp90_20250917_131216.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/378/projetocomp91_20250917_131022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/411/projetocomp97_20251015_142626.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/416/projeto99_20251017_163844-1-3.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/463/projetocomp125_20251105_123201.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/504/projetocomp138.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/519/projeto140.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/538/projetocomp151_1.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/58/projetoresolucao01_20250625_124633.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_resolucao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_resolucao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/59/projetoresolucao04_20250625_125714.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/60/projetoresolucao05_20250625_132038.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/61/projetoresolucao06_20250625_132601.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/78/projetoresolucao07_20250704_130006.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/329/projetores08_20250821_122008.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/330/requerimento_no_04.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/331/requerimento_no_05.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/332/requerimento_no_06.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/333/requerimento_no_07.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/424/requerimento08_20251022_140039.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento09.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento10.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento11.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento12.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento13.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao01.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao02.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao03.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao04.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao05.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao06.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao07.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao08.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao09.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao10.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao11.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao12.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao13.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao14.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao15.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao16.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao17.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao18.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao19.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao20.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao21.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao22.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao23.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao24.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao25.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao26.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao27.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao28.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao29.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao30.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao31.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao32.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao33.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao34.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao35.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao36.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao37.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao38.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao39.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao40.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao41.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao42.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao43.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao44.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao45.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao46.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao47.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao48.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao49.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao50.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao51.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao52.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao53.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao54.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao55.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao56.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao57.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao58.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao59.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao60.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao61.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao62.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao63.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao64.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao65.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao66.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao67.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao68.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao69.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_70-2025_ver._roberto.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao71.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_72-2025_ver._joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_73-2025_ver._waldemario.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_no_74-2025_ver._fernando_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao75.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao76.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao77.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao78.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao79.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/252/indicacao80.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao81.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao82.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao83.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao84.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao85.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao86.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao87.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao88.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao89.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao90.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/263/indicacao91.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/264/indicacao92.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/265/indicacao93.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/266/indicacao94.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao95.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao96.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao97.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao98.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao99.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao100.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao101.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao102.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao103.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao104.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/277/indicacao105.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/278/indicacao106.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao107.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao108.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao109.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao110.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao111.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao113.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/334/114.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/335/115.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/336/116.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/337/117.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao118.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao119.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/369/indicacao120.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao121.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao122.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao123.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/390/indicacao124.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/391/indicacao125.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/392/indicacao126.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/405/indicacao_no_127_de_2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/406/indicacao_no128_de_2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_no_129_de_2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_no_130_de_2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_no_131_de_2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/425/indicacao_132.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/426/indicacao_133.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/427/indicacao_134.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_135.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/429/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/430/indicacao_137.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/431/indicacao_138.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_139.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_140.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_141.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_142.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao143.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao144.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao145.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao146.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao147.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao148.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao149.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao150.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao151.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao152.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao153.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao154.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao155.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/491/indicacao156.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/492/indicacao157.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao158.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/494/indicacao159.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao_160_de_2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_161_de_2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/507/indicacao_162_de_2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao_163_de_2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_164_de_2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_165_de_2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_166_de_2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_167_de_2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_168_20251204_130653.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/514/indicacao_169_de_2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao170.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao171.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao172.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao173.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao174.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao175.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao176.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/24/1o_substitutivo_ao_projeto_de_lei_09_-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/51/subprojeto12_20250624_125436.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/52/subprojeto20_20250624_132100.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/57/subprojeto24_20250624_174005.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/328/subprojeto36_20250820_141900.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/74/subprojeto38_20250701_151910.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/75/subprojeto39_20250701_142707.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/280/subprojeto40_20250715_135708.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/319/subprojeto64_20250820_132907.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/413/substitutivoprojeto68_20251017_164412.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/414/substitutivoprojeto69_20251017_164138.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/415/substitutivoprojeto70_20251017_164641.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/454/subprojeto94_20251028_132528.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/446/subprojeto96_20251028_131311.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/447/subprojeto98_20251028_131140.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/517/subprojeto106.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/32/1o_substitutivo_ao_projeto_de_lei_complementar_no_19_de_27_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/55/subprojeto25_20250624_170101.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/54/subprojeto26_20250624_164925.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/477/2subprojetocom126.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/79/01.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/80/02.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/81/03.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/82/04.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/83/05.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/84/06.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/85/07.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/86/08.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/87/09.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/88/10.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/89/11.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/90/12.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/91/13.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/92/14.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/93/15.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/94/16.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/95/17.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/96/18.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/97/19.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/98/20.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/99/21.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/100/22.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/101/23.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/102/24.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/103/25.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/104/26.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/105/27.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/106/28.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/107/29.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/108/30.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/109/31.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/110/32.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/111/33.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/112/34.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/113/35.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/114/36.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/115/37.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/116/38.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/117/39.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/118/40.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/119/41.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/120/42.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/121/43.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/122/44.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/123/45.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/124/46.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/125/47.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/126/48.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/127/49.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/128/50.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/129/51.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/130/52.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/131/53.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/132/54.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/133/55.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/134/56.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/135/57.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/136/58.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/137/59.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/138/60.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/139/61.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/140/62.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/141/63.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/142/64.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/143/65.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/144/66.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/145/67.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/146/68.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/147/69.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/148/70.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/149/71.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/150/72.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/151/73.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/152/74.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/153/75.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/154/76.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/155/77.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/156/78.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/157/79.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/158/80.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/159/81.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/160/82.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/161/83.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/162/84.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/163/85.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/164/86.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/165/87.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/166/88.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/167/89.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/168/90.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/169/91.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/170/92.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/171/93.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/172/94.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/173/95.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/174/96.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/175/97.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/176/98.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/177/99.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/298/100.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/299/101.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/300/102.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/301/103.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/302/104.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/303/105.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/304/106.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/305/107.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/306/108.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/307/109.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/308/110.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/309/111.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/310/112.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/311/113.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/312/114.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/313/115.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/314/116.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/315/117.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/316/118.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/317/119.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/318/120.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/338/121.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/339/122.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/340/123.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/341/124.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/342/125.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/343/126.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/344/127.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/345/128.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/346/129.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/353/providencia130.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/354/providencia131.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/355/providencia132.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/356/providencia133.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/357/providencia134.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/358/providencia135.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/359/providencia136.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/360/providencia137.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/361/providencia138.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/362/providencia139.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/363/providencia140.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/364/providencia141.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/365/providencia142.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/366/providencia143.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/393/providencia144.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/394/providencia145.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/395/providencia146.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/396/providencia147.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/397/providencia148.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/398/providencia149.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/399/providencia150.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/400/providencia151.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/401/providencia152.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/402/pedido_de_providencia_no_153_de_2025.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/403/pedido_de_providencia_no_154_de_2025.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/404/pedido_de_providencia_155_de_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/418/providencia156.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/419/providencia157.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/420/providencia158.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/421/providencia159.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/422/providencia160.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/423/providencia161.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/473/providencia162.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/474/providencia163.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/475/providencia164.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/476/providencia165.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/495/providencia166.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/515/pedido_de_providencia_168_de_2025.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/516/pedido_de_providencia_169_de_2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/525/providencia170.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/526/providencia171.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projetodecreto02_20250916_161340.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/499/projetodecreto05.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H452"/>
+  <dimension ref="A1:H537"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="49.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="155.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -7258,9108 +8010,11312 @@
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
         <v>370</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" t="s">
         <v>17</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>371</v>
       </c>
       <c r="H103" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>138</v>
+        <v>373</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>60</v>
+        <v>374</v>
       </c>
       <c r="D104" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E104" t="s">
-        <v>374</v>
+        <v>11</v>
       </c>
       <c r="F104" t="s">
         <v>17</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>375</v>
       </c>
       <c r="H104" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>145</v>
+        <v>377</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>71</v>
+        <v>378</v>
       </c>
       <c r="D105" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E105" t="s">
-        <v>374</v>
+        <v>11</v>
       </c>
       <c r="F105" t="s">
         <v>17</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="H105" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>160</v>
+        <v>381</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>46</v>
+        <v>382</v>
       </c>
       <c r="D106" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E106" t="s">
-        <v>374</v>
+        <v>11</v>
       </c>
       <c r="F106" t="s">
         <v>17</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>86</v>
+        <v>383</v>
       </c>
       <c r="H106" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>92</v>
+        <v>385</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>121</v>
+        <v>386</v>
       </c>
       <c r="D107" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E107" t="s">
-        <v>374</v>
+        <v>11</v>
       </c>
       <c r="F107" t="s">
         <v>17</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="H107" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>96</v>
+        <v>389</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>52</v>
+        <v>390</v>
       </c>
       <c r="D108" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E108" t="s">
-        <v>374</v>
+        <v>11</v>
       </c>
       <c r="F108" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>382</v>
+        <v>391</v>
       </c>
       <c r="H108" t="s">
-        <v>383</v>
+        <v>392</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>100</v>
+        <v>393</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>112</v>
+        <v>394</v>
       </c>
       <c r="D109" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E109" t="s">
-        <v>374</v>
+        <v>11</v>
       </c>
       <c r="F109" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>384</v>
+        <v>395</v>
       </c>
       <c r="H109" t="s">
-        <v>385</v>
+        <v>94</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>135</v>
+        <v>396</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>88</v>
+        <v>397</v>
       </c>
       <c r="D110" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E110" t="s">
-        <v>374</v>
+        <v>11</v>
+      </c>
+      <c r="F110" t="s">
+        <v>17</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>86</v>
+        <v>398</v>
       </c>
       <c r="H110" t="s">
-        <v>386</v>
+        <v>279</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>387</v>
+        <v>399</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>45</v>
+        <v>400</v>
       </c>
       <c r="D111" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E111" t="s">
-        <v>374</v>
+        <v>11</v>
       </c>
       <c r="F111" t="s">
         <v>17</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>388</v>
+        <v>401</v>
       </c>
       <c r="H111" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>390</v>
+        <v>403</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>391</v>
+        <v>404</v>
       </c>
       <c r="D112" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E112" t="s">
-        <v>374</v>
+        <v>11</v>
       </c>
       <c r="F112" t="s">
         <v>17</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>392</v>
+        <v>405</v>
       </c>
       <c r="H112" t="s">
-        <v>196</v>
+        <v>406</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>393</v>
+        <v>407</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>394</v>
+        <v>408</v>
       </c>
       <c r="D113" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E113" t="s">
-        <v>374</v>
+        <v>11</v>
       </c>
       <c r="F113" t="s">
         <v>17</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>395</v>
+        <v>409</v>
       </c>
       <c r="H113" t="s">
-        <v>396</v>
+        <v>283</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>397</v>
+        <v>410</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>398</v>
+        <v>411</v>
       </c>
       <c r="D114" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E114" t="s">
-        <v>374</v>
+        <v>11</v>
       </c>
       <c r="F114" t="s">
         <v>17</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>399</v>
+        <v>412</v>
       </c>
       <c r="H114" t="s">
-        <v>400</v>
+        <v>413</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>401</v>
+        <v>414</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>402</v>
+        <v>415</v>
       </c>
       <c r="D115" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E115" t="s">
-        <v>374</v>
+        <v>11</v>
       </c>
       <c r="F115" t="s">
         <v>17</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>403</v>
+        <v>416</v>
       </c>
       <c r="H115" t="s">
-        <v>404</v>
+        <v>78</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>405</v>
+        <v>417</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>406</v>
+        <v>418</v>
       </c>
       <c r="D116" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E116" t="s">
-        <v>374</v>
+        <v>11</v>
       </c>
       <c r="F116" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>407</v>
+        <v>419</v>
       </c>
       <c r="H116" t="s">
-        <v>404</v>
+        <v>420</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>409</v>
+        <v>422</v>
       </c>
       <c r="D117" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E117" t="s">
-        <v>374</v>
+        <v>11</v>
       </c>
       <c r="F117" t="s">
         <v>17</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>410</v>
+        <v>423</v>
       </c>
       <c r="H117" t="s">
-        <v>411</v>
+        <v>424</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>412</v>
+        <v>425</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>413</v>
+        <v>426</v>
       </c>
       <c r="D118" t="s">
-        <v>373</v>
+        <v>10</v>
       </c>
       <c r="E118" t="s">
-        <v>374</v>
+        <v>11</v>
       </c>
       <c r="F118" t="s">
         <v>17</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
       <c r="H118" t="s">
-        <v>188</v>
+        <v>428</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>190</v>
+        <v>429</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>8</v>
+        <v>430</v>
       </c>
       <c r="D119" t="s">
-        <v>415</v>
+        <v>10</v>
       </c>
       <c r="E119" t="s">
-        <v>416</v>
+        <v>11</v>
       </c>
       <c r="F119" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>417</v>
+        <v>431</v>
       </c>
       <c r="H119" t="s">
-        <v>418</v>
+        <v>283</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>46</v>
+        <v>432</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>16</v>
+        <v>433</v>
       </c>
       <c r="D120" t="s">
-        <v>415</v>
+        <v>10</v>
       </c>
       <c r="E120" t="s">
-        <v>416</v>
+        <v>11</v>
+      </c>
+      <c r="F120" t="s">
+        <v>17</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>419</v>
+        <v>434</v>
       </c>
       <c r="H120" t="s">
-        <v>420</v>
+        <v>435</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>118</v>
+        <v>436</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>21</v>
+        <v>437</v>
       </c>
       <c r="D121" t="s">
-        <v>415</v>
+        <v>10</v>
       </c>
       <c r="E121" t="s">
-        <v>416</v>
+        <v>11</v>
+      </c>
+      <c r="F121" t="s">
+        <v>17</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>421</v>
+        <v>438</v>
       </c>
       <c r="H121" t="s">
-        <v>422</v>
+        <v>283</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>194</v>
+        <v>439</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>24</v>
+        <v>440</v>
       </c>
       <c r="D122" t="s">
-        <v>415</v>
+        <v>10</v>
       </c>
       <c r="E122" t="s">
-        <v>416</v>
+        <v>11</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>423</v>
+        <v>441</v>
       </c>
       <c r="H122" t="s">
-        <v>424</v>
+        <v>442</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>198</v>
+        <v>443</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>27</v>
+        <v>444</v>
       </c>
       <c r="D123" t="s">
-        <v>415</v>
+        <v>10</v>
       </c>
       <c r="E123" t="s">
-        <v>416</v>
+        <v>11</v>
       </c>
       <c r="F123" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>425</v>
+        <v>445</v>
       </c>
       <c r="H123" t="s">
-        <v>426</v>
+        <v>446</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>201</v>
+        <v>447</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>60</v>
+        <v>448</v>
       </c>
       <c r="D124" t="s">
-        <v>415</v>
+        <v>10</v>
       </c>
       <c r="E124" t="s">
-        <v>416</v>
+        <v>11</v>
       </c>
       <c r="F124" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>427</v>
+        <v>449</v>
       </c>
       <c r="H124" t="s">
-        <v>428</v>
+        <v>450</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>391</v>
+        <v>451</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>31</v>
+        <v>452</v>
       </c>
       <c r="D125" t="s">
-        <v>415</v>
+        <v>10</v>
       </c>
       <c r="E125" t="s">
-        <v>416</v>
+        <v>11</v>
       </c>
       <c r="F125" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>429</v>
+        <v>453</v>
       </c>
       <c r="H125" t="s">
-        <v>430</v>
+        <v>137</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>431</v>
+        <v>454</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>71</v>
+        <v>455</v>
       </c>
       <c r="D126" t="s">
-        <v>415</v>
+        <v>10</v>
       </c>
       <c r="E126" t="s">
-        <v>416</v>
+        <v>11</v>
       </c>
       <c r="F126" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>432</v>
+        <v>456</v>
       </c>
       <c r="H126" t="s">
-        <v>433</v>
+        <v>457</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>434</v>
+        <v>458</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>24</v>
+        <v>459</v>
       </c>
       <c r="D127" t="s">
-        <v>435</v>
+        <v>10</v>
       </c>
       <c r="E127" t="s">
-        <v>436</v>
+        <v>11</v>
       </c>
       <c r="F127" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>437</v>
+        <v>460</v>
       </c>
       <c r="H127" t="s">
-        <v>438</v>
+        <v>461</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>439</v>
+        <v>462</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>27</v>
+        <v>463</v>
       </c>
       <c r="D128" t="s">
-        <v>435</v>
+        <v>10</v>
       </c>
       <c r="E128" t="s">
-        <v>436</v>
+        <v>11</v>
       </c>
       <c r="F128" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>440</v>
+        <v>464</v>
       </c>
       <c r="H128" t="s">
-        <v>441</v>
+        <v>465</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>442</v>
+        <v>466</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>60</v>
+        <v>467</v>
       </c>
       <c r="D129" t="s">
-        <v>435</v>
+        <v>10</v>
       </c>
       <c r="E129" t="s">
-        <v>436</v>
+        <v>11</v>
       </c>
       <c r="F129" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>443</v>
+        <v>468</v>
       </c>
       <c r="H129" t="s">
-        <v>444</v>
+        <v>469</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>445</v>
+        <v>470</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>31</v>
+        <v>471</v>
       </c>
       <c r="D130" t="s">
-        <v>435</v>
+        <v>10</v>
       </c>
       <c r="E130" t="s">
-        <v>436</v>
+        <v>11</v>
       </c>
       <c r="F130" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>446</v>
+        <v>472</v>
       </c>
       <c r="H130" t="s">
-        <v>447</v>
+        <v>473</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>448</v>
+        <v>474</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>71</v>
+        <v>475</v>
       </c>
       <c r="D131" t="s">
-        <v>435</v>
+        <v>10</v>
       </c>
       <c r="E131" t="s">
-        <v>436</v>
+        <v>11</v>
+      </c>
+      <c r="F131" t="s">
+        <v>17</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>449</v>
+        <v>476</v>
       </c>
       <c r="H131" t="s">
-        <v>450</v>
+        <v>477</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>451</v>
+        <v>478</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>8</v>
+        <v>479</v>
       </c>
       <c r="D132" t="s">
-        <v>452</v>
+        <v>10</v>
       </c>
       <c r="E132" t="s">
-        <v>453</v>
+        <v>11</v>
       </c>
       <c r="F132" t="s">
-        <v>363</v>
+        <v>17</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>454</v>
+        <v>480</v>
       </c>
       <c r="H132" t="s">
-        <v>455</v>
+        <v>481</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>456</v>
+        <v>482</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>16</v>
+        <v>483</v>
       </c>
       <c r="D133" t="s">
-        <v>452</v>
+        <v>10</v>
       </c>
       <c r="E133" t="s">
-        <v>453</v>
+        <v>11</v>
       </c>
       <c r="F133" t="s">
-        <v>457</v>
+        <v>17</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>458</v>
+        <v>484</v>
       </c>
       <c r="H133" t="s">
-        <v>459</v>
+        <v>485</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>460</v>
+        <v>138</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="D134" t="s">
-        <v>452</v>
+        <v>486</v>
       </c>
       <c r="E134" t="s">
-        <v>453</v>
+        <v>487</v>
       </c>
       <c r="F134" t="s">
-        <v>457</v>
+        <v>17</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>461</v>
+        <v>488</v>
       </c>
       <c r="H134" t="s">
-        <v>462</v>
+        <v>489</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>463</v>
+        <v>145</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="D135" t="s">
-        <v>452</v>
+        <v>486</v>
       </c>
       <c r="E135" t="s">
-        <v>453</v>
+        <v>487</v>
       </c>
       <c r="F135" t="s">
-        <v>363</v>
+        <v>17</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>464</v>
+        <v>490</v>
       </c>
       <c r="H135" t="s">
-        <v>465</v>
+        <v>491</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>466</v>
+        <v>160</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="D136" t="s">
-        <v>452</v>
+        <v>486</v>
       </c>
       <c r="E136" t="s">
-        <v>453</v>
+        <v>487</v>
       </c>
       <c r="F136" t="s">
-        <v>130</v>
+        <v>17</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>467</v>
+        <v>86</v>
       </c>
       <c r="H136" t="s">
-        <v>468</v>
+        <v>492</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>469</v>
+        <v>92</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>60</v>
+        <v>121</v>
       </c>
       <c r="D137" t="s">
-        <v>452</v>
+        <v>486</v>
       </c>
       <c r="E137" t="s">
-        <v>453</v>
+        <v>487</v>
       </c>
       <c r="F137" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>470</v>
+        <v>493</v>
       </c>
       <c r="H137" t="s">
-        <v>471</v>
+        <v>494</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>472</v>
+        <v>96</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="D138" t="s">
-        <v>452</v>
+        <v>486</v>
       </c>
       <c r="E138" t="s">
-        <v>453</v>
+        <v>487</v>
       </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>473</v>
+        <v>495</v>
       </c>
       <c r="H138" t="s">
-        <v>474</v>
+        <v>496</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>475</v>
+        <v>100</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>71</v>
+        <v>112</v>
       </c>
       <c r="D139" t="s">
-        <v>452</v>
+        <v>486</v>
       </c>
       <c r="E139" t="s">
-        <v>453</v>
+        <v>487</v>
       </c>
       <c r="F139" t="s">
         <v>12</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>476</v>
+        <v>497</v>
       </c>
       <c r="H139" t="s">
-        <v>477</v>
+        <v>498</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>478</v>
+        <v>135</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>75</v>
+        <v>88</v>
       </c>
       <c r="D140" t="s">
-        <v>452</v>
+        <v>486</v>
       </c>
       <c r="E140" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>487</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>479</v>
+        <v>86</v>
       </c>
       <c r="H140" t="s">
-        <v>480</v>
+        <v>499</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>481</v>
+        <v>500</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="D141" t="s">
-        <v>452</v>
+        <v>486</v>
       </c>
       <c r="E141" t="s">
-        <v>453</v>
+        <v>487</v>
       </c>
       <c r="F141" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>482</v>
+        <v>501</v>
       </c>
       <c r="H141" t="s">
-        <v>483</v>
+        <v>502</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>484</v>
+        <v>503</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>38</v>
+        <v>504</v>
       </c>
       <c r="D142" t="s">
-        <v>452</v>
+        <v>486</v>
       </c>
       <c r="E142" t="s">
-        <v>453</v>
+        <v>487</v>
       </c>
       <c r="F142" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>485</v>
+        <v>505</v>
       </c>
       <c r="H142" t="s">
-        <v>486</v>
+        <v>196</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>506</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>507</v>
+      </c>
+      <c r="D143" t="s">
+        <v>486</v>
+      </c>
+      <c r="E143" t="s">
         <v>487</v>
       </c>
-      <c r="B143" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F143" t="s">
-        <v>488</v>
+        <v>17</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>489</v>
+        <v>508</v>
       </c>
       <c r="H143" t="s">
-        <v>490</v>
+        <v>509</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>491</v>
+        <v>510</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>46</v>
+        <v>511</v>
       </c>
       <c r="D144" t="s">
-        <v>452</v>
+        <v>486</v>
       </c>
       <c r="E144" t="s">
-        <v>453</v>
+        <v>487</v>
       </c>
       <c r="F144" t="s">
-        <v>488</v>
+        <v>17</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>492</v>
+        <v>512</v>
       </c>
       <c r="H144" t="s">
-        <v>493</v>
+        <v>513</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>494</v>
+        <v>514</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>49</v>
+        <v>515</v>
       </c>
       <c r="D145" t="s">
-        <v>452</v>
+        <v>486</v>
       </c>
       <c r="E145" t="s">
-        <v>453</v>
+        <v>487</v>
       </c>
       <c r="F145" t="s">
-        <v>488</v>
+        <v>17</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>495</v>
+        <v>516</v>
       </c>
       <c r="H145" t="s">
-        <v>496</v>
+        <v>517</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>497</v>
+        <v>518</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>53</v>
+        <v>519</v>
       </c>
       <c r="D146" t="s">
-        <v>452</v>
+        <v>486</v>
       </c>
       <c r="E146" t="s">
-        <v>453</v>
+        <v>487</v>
       </c>
       <c r="F146" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>498</v>
+        <v>520</v>
       </c>
       <c r="H146" t="s">
-        <v>499</v>
+        <v>517</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>500</v>
+        <v>521</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>57</v>
+        <v>522</v>
       </c>
       <c r="D147" t="s">
-        <v>452</v>
+        <v>486</v>
       </c>
       <c r="E147" t="s">
-        <v>453</v>
+        <v>487</v>
       </c>
       <c r="F147" t="s">
-        <v>130</v>
+        <v>17</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>501</v>
+        <v>523</v>
       </c>
       <c r="H147" t="s">
-        <v>502</v>
+        <v>524</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>503</v>
+        <v>525</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>61</v>
+        <v>526</v>
       </c>
       <c r="D148" t="s">
-        <v>452</v>
+        <v>486</v>
       </c>
       <c r="E148" t="s">
-        <v>453</v>
+        <v>487</v>
       </c>
       <c r="F148" t="s">
-        <v>130</v>
+        <v>17</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>504</v>
+        <v>527</v>
       </c>
       <c r="H148" t="s">
-        <v>505</v>
+        <v>188</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>506</v>
+        <v>528</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>65</v>
+        <v>529</v>
       </c>
       <c r="D149" t="s">
-        <v>452</v>
+        <v>486</v>
       </c>
       <c r="E149" t="s">
-        <v>453</v>
+        <v>487</v>
       </c>
       <c r="F149" t="s">
-        <v>125</v>
+        <v>12</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>507</v>
+        <v>530</v>
       </c>
       <c r="H149" t="s">
-        <v>508</v>
+        <v>531</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>509</v>
+        <v>532</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>121</v>
+        <v>533</v>
       </c>
       <c r="D150" t="s">
-        <v>452</v>
+        <v>486</v>
       </c>
       <c r="E150" t="s">
-        <v>453</v>
+        <v>487</v>
       </c>
       <c r="F150" t="s">
-        <v>363</v>
+        <v>130</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>510</v>
+        <v>534</v>
       </c>
       <c r="H150" t="s">
-        <v>511</v>
+        <v>535</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>512</v>
+        <v>536</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>68</v>
+        <v>537</v>
       </c>
       <c r="D151" t="s">
-        <v>452</v>
+        <v>486</v>
       </c>
       <c r="E151" t="s">
-        <v>453</v>
+        <v>487</v>
       </c>
       <c r="F151" t="s">
-        <v>363</v>
+        <v>17</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>513</v>
+        <v>538</v>
       </c>
       <c r="H151" t="s">
-        <v>514</v>
+        <v>188</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>515</v>
+        <v>539</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>72</v>
+        <v>540</v>
       </c>
       <c r="D152" t="s">
-        <v>452</v>
+        <v>486</v>
       </c>
       <c r="E152" t="s">
-        <v>453</v>
+        <v>487</v>
       </c>
       <c r="F152" t="s">
-        <v>346</v>
+        <v>17</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>516</v>
+        <v>541</v>
       </c>
       <c r="H152" t="s">
-        <v>517</v>
+        <v>542</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>518</v>
+        <v>190</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>76</v>
+        <v>8</v>
       </c>
       <c r="D153" t="s">
-        <v>452</v>
+        <v>543</v>
       </c>
       <c r="E153" t="s">
-        <v>453</v>
+        <v>544</v>
       </c>
       <c r="F153" t="s">
-        <v>346</v>
+        <v>12</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>519</v>
+        <v>545</v>
       </c>
       <c r="H153" t="s">
-        <v>520</v>
+        <v>546</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>521</v>
+        <v>46</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="D154" t="s">
-        <v>452</v>
+        <v>543</v>
       </c>
       <c r="E154" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-        <v>363</v>
+        <v>544</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>522</v>
+        <v>547</v>
       </c>
       <c r="H154" t="s">
-        <v>523</v>
+        <v>548</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>524</v>
+        <v>118</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>84</v>
+        <v>21</v>
       </c>
       <c r="D155" t="s">
-        <v>452</v>
+        <v>543</v>
       </c>
       <c r="E155" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-        <v>457</v>
+        <v>544</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>525</v>
+        <v>549</v>
       </c>
       <c r="H155" t="s">
-        <v>526</v>
+        <v>550</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>527</v>
+        <v>194</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>52</v>
+        <v>24</v>
       </c>
       <c r="D156" t="s">
-        <v>452</v>
+        <v>543</v>
       </c>
       <c r="E156" t="s">
-        <v>453</v>
+        <v>544</v>
       </c>
       <c r="F156" t="s">
-        <v>101</v>
+        <v>12</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>528</v>
+        <v>551</v>
       </c>
       <c r="H156" t="s">
-        <v>529</v>
+        <v>552</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>530</v>
+        <v>198</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>112</v>
+        <v>27</v>
       </c>
       <c r="D157" t="s">
-        <v>452</v>
+        <v>543</v>
       </c>
       <c r="E157" t="s">
-        <v>453</v>
+        <v>544</v>
       </c>
       <c r="F157" t="s">
         <v>12</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>531</v>
+        <v>553</v>
       </c>
       <c r="H157" t="s">
-        <v>532</v>
+        <v>554</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>533</v>
+        <v>201</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>88</v>
+        <v>60</v>
       </c>
       <c r="D158" t="s">
-        <v>452</v>
+        <v>543</v>
       </c>
       <c r="E158" t="s">
-        <v>453</v>
+        <v>544</v>
       </c>
       <c r="F158" t="s">
         <v>12</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>534</v>
+        <v>555</v>
       </c>
       <c r="H158" t="s">
-        <v>535</v>
+        <v>556</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>536</v>
+        <v>504</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>92</v>
+        <v>31</v>
       </c>
       <c r="D159" t="s">
-        <v>452</v>
+        <v>543</v>
       </c>
       <c r="E159" t="s">
-        <v>453</v>
+        <v>544</v>
       </c>
       <c r="F159" t="s">
         <v>12</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>537</v>
+        <v>557</v>
       </c>
       <c r="H159" t="s">
-        <v>538</v>
+        <v>558</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>539</v>
+        <v>559</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>96</v>
+        <v>71</v>
       </c>
       <c r="D160" t="s">
-        <v>452</v>
+        <v>543</v>
       </c>
       <c r="E160" t="s">
-        <v>453</v>
+        <v>544</v>
       </c>
       <c r="F160" t="s">
-        <v>363</v>
+        <v>12</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>540</v>
+        <v>560</v>
       </c>
       <c r="H160" t="s">
-        <v>541</v>
+        <v>561</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>542</v>
+        <v>562</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>100</v>
+        <v>24</v>
       </c>
       <c r="D161" t="s">
-        <v>452</v>
+        <v>563</v>
       </c>
       <c r="E161" t="s">
-        <v>453</v>
+        <v>564</v>
       </c>
       <c r="F161" t="s">
-        <v>363</v>
+        <v>122</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>543</v>
+        <v>565</v>
       </c>
       <c r="H161" t="s">
-        <v>544</v>
+        <v>566</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>545</v>
+        <v>567</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="D162" t="s">
-        <v>452</v>
+        <v>563</v>
       </c>
       <c r="E162" t="s">
-        <v>453</v>
+        <v>564</v>
       </c>
       <c r="F162" t="s">
-        <v>546</v>
+        <v>122</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>547</v>
+        <v>568</v>
       </c>
       <c r="H162" t="s">
-        <v>548</v>
+        <v>569</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>549</v>
+        <v>570</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>109</v>
+        <v>60</v>
       </c>
       <c r="D163" t="s">
-        <v>452</v>
+        <v>563</v>
       </c>
       <c r="E163" t="s">
-        <v>453</v>
+        <v>564</v>
       </c>
       <c r="F163" t="s">
-        <v>457</v>
+        <v>122</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>550</v>
+        <v>571</v>
       </c>
       <c r="H163" t="s">
-        <v>551</v>
+        <v>572</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>552</v>
+        <v>573</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>113</v>
+        <v>31</v>
       </c>
       <c r="D164" t="s">
-        <v>452</v>
+        <v>563</v>
       </c>
       <c r="E164" t="s">
-        <v>453</v>
+        <v>564</v>
       </c>
       <c r="F164" t="s">
-        <v>12</v>
+        <v>122</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>553</v>
+        <v>574</v>
       </c>
       <c r="H164" t="s">
-        <v>554</v>
+        <v>575</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>555</v>
+        <v>576</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>115</v>
+        <v>71</v>
       </c>
       <c r="D165" t="s">
-        <v>452</v>
+        <v>563</v>
       </c>
       <c r="E165" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>564</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>556</v>
+        <v>577</v>
       </c>
       <c r="H165" t="s">
-        <v>557</v>
+        <v>578</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>558</v>
+        <v>579</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>118</v>
+        <v>75</v>
       </c>
       <c r="D166" t="s">
-        <v>452</v>
+        <v>563</v>
       </c>
       <c r="E166" t="s">
-        <v>453</v>
+        <v>564</v>
       </c>
       <c r="F166" t="s">
-        <v>12</v>
+        <v>580</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>559</v>
+        <v>581</v>
       </c>
       <c r="H166" t="s">
-        <v>560</v>
+        <v>582</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>561</v>
+        <v>583</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>64</v>
+        <v>35</v>
       </c>
       <c r="D167" t="s">
-        <v>452</v>
+        <v>563</v>
       </c>
       <c r="E167" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>564</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>562</v>
+        <v>584</v>
       </c>
       <c r="H167" t="s">
-        <v>563</v>
+        <v>585</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
+        <v>586</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>38</v>
+      </c>
+      <c r="D168" t="s">
+        <v>563</v>
+      </c>
+      <c r="E168" t="s">
         <v>564</v>
       </c>
-      <c r="B168" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G168" s="1" t="s">
-        <v>565</v>
+        <v>587</v>
       </c>
       <c r="H168" t="s">
-        <v>566</v>
+        <v>588</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>567</v>
+        <v>589</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>79</v>
+        <v>42</v>
       </c>
       <c r="D169" t="s">
-        <v>452</v>
+        <v>563</v>
       </c>
       <c r="E169" t="s">
-        <v>453</v>
+        <v>564</v>
       </c>
       <c r="F169" t="s">
-        <v>125</v>
+        <v>580</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>568</v>
+        <v>590</v>
       </c>
       <c r="H169" t="s">
-        <v>569</v>
+        <v>591</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>570</v>
+        <v>592</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>91</v>
+        <v>46</v>
       </c>
       <c r="D170" t="s">
-        <v>452</v>
+        <v>563</v>
       </c>
       <c r="E170" t="s">
-        <v>453</v>
+        <v>564</v>
       </c>
       <c r="F170" t="s">
-        <v>130</v>
+        <v>12</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>571</v>
+        <v>593</v>
       </c>
       <c r="H170" t="s">
-        <v>572</v>
+        <v>594</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>573</v>
+        <v>595</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="D171" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E171" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F171" t="s">
-        <v>125</v>
+        <v>363</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>574</v>
+        <v>598</v>
       </c>
       <c r="H171" t="s">
-        <v>575</v>
+        <v>599</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>576</v>
+        <v>600</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>135</v>
+        <v>16</v>
       </c>
       <c r="D172" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E172" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F172" t="s">
-        <v>12</v>
+        <v>580</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>577</v>
+        <v>601</v>
       </c>
       <c r="H172" t="s">
-        <v>578</v>
+        <v>602</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>579</v>
+        <v>603</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>138</v>
+        <v>21</v>
       </c>
       <c r="D173" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E173" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F173" t="s">
-        <v>12</v>
+        <v>580</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>580</v>
+        <v>604</v>
       </c>
       <c r="H173" t="s">
-        <v>581</v>
+        <v>605</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>582</v>
+        <v>606</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D174" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E174" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F174" t="s">
-        <v>12</v>
+        <v>363</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>583</v>
+        <v>607</v>
       </c>
       <c r="H174" t="s">
-        <v>584</v>
+        <v>608</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>585</v>
+        <v>609</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>145</v>
+        <v>27</v>
       </c>
       <c r="D175" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E175" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F175" t="s">
-        <v>12</v>
+        <v>130</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>586</v>
+        <v>610</v>
       </c>
       <c r="H175" t="s">
-        <v>587</v>
+        <v>611</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>588</v>
+        <v>612</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="D176" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E176" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F176" t="s">
-        <v>130</v>
+        <v>12</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>589</v>
+        <v>613</v>
       </c>
       <c r="H176" t="s">
-        <v>590</v>
+        <v>614</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>591</v>
+        <v>615</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>104</v>
+        <v>31</v>
       </c>
       <c r="D177" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E177" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F177" t="s">
-        <v>125</v>
+        <v>12</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>592</v>
+        <v>616</v>
       </c>
       <c r="H177" t="s">
-        <v>593</v>
+        <v>617</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>594</v>
+        <v>618</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>83</v>
+        <v>71</v>
       </c>
       <c r="D178" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E178" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F178" t="s">
-        <v>546</v>
+        <v>12</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>595</v>
+        <v>619</v>
       </c>
       <c r="H178" t="s">
-        <v>596</v>
+        <v>620</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
+        <v>621</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>75</v>
+      </c>
+      <c r="D179" t="s">
+        <v>596</v>
+      </c>
+      <c r="E179" t="s">
         <v>597</v>
       </c>
-      <c r="B179" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F179" t="s">
-        <v>546</v>
+        <v>12</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>598</v>
+        <v>622</v>
       </c>
       <c r="H179" t="s">
-        <v>599</v>
+        <v>623</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>600</v>
+        <v>624</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>160</v>
+        <v>35</v>
       </c>
       <c r="D180" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E180" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F180" t="s">
-        <v>546</v>
+        <v>12</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>601</v>
+        <v>625</v>
       </c>
       <c r="H180" t="s">
-        <v>602</v>
+        <v>626</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>603</v>
+        <v>627</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D181" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E181" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F181" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>604</v>
+        <v>628</v>
       </c>
       <c r="H181" t="s">
-        <v>605</v>
+        <v>629</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>606</v>
+        <v>630</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>166</v>
+        <v>42</v>
       </c>
       <c r="D182" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E182" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F182" t="s">
-        <v>607</v>
+        <v>631</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>608</v>
+        <v>632</v>
       </c>
       <c r="H182" t="s">
-        <v>609</v>
+        <v>633</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>610</v>
+        <v>634</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>170</v>
+        <v>46</v>
       </c>
       <c r="D183" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E183" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F183" t="s">
-        <v>488</v>
+        <v>631</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>611</v>
+        <v>635</v>
       </c>
       <c r="H183" t="s">
-        <v>612</v>
+        <v>636</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>613</v>
+        <v>637</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>95</v>
+        <v>49</v>
       </c>
       <c r="D184" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E184" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F184" t="s">
-        <v>457</v>
+        <v>631</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>614</v>
+        <v>638</v>
       </c>
       <c r="H184" t="s">
-        <v>615</v>
+        <v>639</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>616</v>
+        <v>640</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>176</v>
+        <v>53</v>
       </c>
       <c r="D185" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E185" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F185" t="s">
-        <v>457</v>
+        <v>122</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>617</v>
+        <v>641</v>
       </c>
       <c r="H185" t="s">
-        <v>618</v>
+        <v>642</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>619</v>
+        <v>643</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>180</v>
+        <v>57</v>
       </c>
       <c r="D186" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E186" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F186" t="s">
-        <v>346</v>
+        <v>130</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>620</v>
+        <v>644</v>
       </c>
       <c r="H186" t="s">
-        <v>621</v>
+        <v>645</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>622</v>
+        <v>646</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>99</v>
+        <v>61</v>
       </c>
       <c r="D187" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E187" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F187" t="s">
-        <v>101</v>
+        <v>130</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>623</v>
+        <v>647</v>
       </c>
       <c r="H187" t="s">
-        <v>624</v>
+        <v>648</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>625</v>
+        <v>649</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>186</v>
+        <v>65</v>
       </c>
       <c r="D188" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E188" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F188" t="s">
-        <v>457</v>
+        <v>125</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>626</v>
+        <v>650</v>
       </c>
       <c r="H188" t="s">
-        <v>627</v>
+        <v>651</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>628</v>
+        <v>652</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>190</v>
+        <v>121</v>
       </c>
       <c r="D189" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E189" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F189" t="s">
-        <v>130</v>
+        <v>363</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>629</v>
+        <v>653</v>
       </c>
       <c r="H189" t="s">
-        <v>630</v>
+        <v>654</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>631</v>
+        <v>655</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>194</v>
+        <v>68</v>
       </c>
       <c r="D190" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E190" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F190" t="s">
-        <v>12</v>
+        <v>363</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>632</v>
+        <v>656</v>
       </c>
       <c r="H190" t="s">
-        <v>633</v>
+        <v>657</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>634</v>
+        <v>658</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>198</v>
+        <v>72</v>
       </c>
       <c r="D191" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E191" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F191" t="s">
-        <v>12</v>
+        <v>346</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>635</v>
+        <v>659</v>
       </c>
       <c r="H191" t="s">
-        <v>636</v>
+        <v>660</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>637</v>
+        <v>661</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>201</v>
+        <v>76</v>
       </c>
       <c r="D192" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E192" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F192" t="s">
-        <v>12</v>
+        <v>346</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>638</v>
+        <v>662</v>
       </c>
       <c r="H192" t="s">
-        <v>639</v>
+        <v>663</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>640</v>
+        <v>664</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>159</v>
+        <v>80</v>
       </c>
       <c r="D193" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E193" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F193" t="s">
-        <v>457</v>
+        <v>363</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>641</v>
+        <v>665</v>
       </c>
       <c r="H193" t="s">
-        <v>642</v>
+        <v>666</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>643</v>
+        <v>667</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>162</v>
+        <v>84</v>
       </c>
       <c r="D194" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E194" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F194" t="s">
-        <v>130</v>
+        <v>580</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>644</v>
+        <v>668</v>
       </c>
       <c r="H194" t="s">
-        <v>645</v>
+        <v>669</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>646</v>
+        <v>670</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>165</v>
+        <v>52</v>
       </c>
       <c r="D195" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E195" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F195" t="s">
-        <v>363</v>
+        <v>101</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>647</v>
+        <v>671</v>
       </c>
       <c r="H195" t="s">
-        <v>648</v>
+        <v>672</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>649</v>
+        <v>673</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>169</v>
+        <v>112</v>
       </c>
       <c r="D196" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E196" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F196" t="s">
-        <v>363</v>
+        <v>12</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>650</v>
+        <v>674</v>
       </c>
       <c r="H196" t="s">
-        <v>651</v>
+        <v>675</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>652</v>
+        <v>676</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>172</v>
+        <v>88</v>
       </c>
       <c r="D197" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E197" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F197" t="s">
-        <v>607</v>
+        <v>12</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>653</v>
+        <v>677</v>
       </c>
       <c r="H197" t="s">
-        <v>654</v>
+        <v>678</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>655</v>
+        <v>679</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>175</v>
+        <v>92</v>
       </c>
       <c r="D198" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E198" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F198" t="s">
-        <v>607</v>
+        <v>12</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>656</v>
+        <v>680</v>
       </c>
       <c r="H198" t="s">
-        <v>657</v>
+        <v>681</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>658</v>
+        <v>682</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>144</v>
+        <v>96</v>
       </c>
       <c r="D199" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E199" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F199" t="s">
-        <v>257</v>
+        <v>363</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>659</v>
+        <v>683</v>
       </c>
       <c r="H199" t="s">
-        <v>660</v>
+        <v>684</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>661</v>
+        <v>685</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>153</v>
+        <v>100</v>
       </c>
       <c r="D200" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E200" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F200" t="s">
-        <v>607</v>
+        <v>363</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>662</v>
+        <v>686</v>
       </c>
       <c r="H200" t="s">
-        <v>663</v>
+        <v>687</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>49</v>
+        <v>688</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>156</v>
+        <v>105</v>
       </c>
       <c r="D201" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E201" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F201" t="s">
-        <v>363</v>
+        <v>689</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>664</v>
+        <v>690</v>
       </c>
       <c r="H201" t="s">
-        <v>665</v>
+        <v>691</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>53</v>
+        <v>692</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>151</v>
+        <v>109</v>
       </c>
       <c r="D202" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E202" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F202" t="s">
-        <v>666</v>
+        <v>580</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>667</v>
+        <v>693</v>
       </c>
       <c r="H202" t="s">
-        <v>668</v>
+        <v>694</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>57</v>
+        <v>695</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>148</v>
+        <v>113</v>
       </c>
       <c r="D203" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E203" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F203" t="s">
-        <v>457</v>
+        <v>12</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>669</v>
+        <v>696</v>
       </c>
       <c r="H203" t="s">
-        <v>670</v>
+        <v>697</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>61</v>
+        <v>698</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>141</v>
+        <v>115</v>
       </c>
       <c r="D204" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E204" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F204" t="s">
-        <v>130</v>
+        <v>12</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>671</v>
+        <v>699</v>
       </c>
       <c r="H204" t="s">
-        <v>672</v>
+        <v>700</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>105</v>
+        <v>701</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>239</v>
+        <v>118</v>
       </c>
       <c r="D205" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E205" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F205" t="s">
         <v>12</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>673</v>
+        <v>702</v>
       </c>
       <c r="H205" t="s">
-        <v>674</v>
+        <v>703</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>675</v>
+        <v>704</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>243</v>
+        <v>64</v>
       </c>
       <c r="D206" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E206" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F206" t="s">
-        <v>607</v>
+        <v>12</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>676</v>
+        <v>705</v>
       </c>
       <c r="H206" t="s">
-        <v>677</v>
+        <v>706</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>678</v>
+        <v>707</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D207" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E207" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F207" t="s">
         <v>12</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>679</v>
+        <v>708</v>
       </c>
       <c r="H207" t="s">
-        <v>680</v>
+        <v>709</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>681</v>
+        <v>710</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>179</v>
+        <v>79</v>
       </c>
       <c r="D208" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E208" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F208" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>682</v>
+        <v>711</v>
       </c>
       <c r="H208" t="s">
-        <v>683</v>
+        <v>712</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>684</v>
+        <v>713</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>391</v>
+        <v>91</v>
       </c>
       <c r="D209" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E209" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F209" t="s">
-        <v>546</v>
+        <v>130</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>685</v>
+        <v>714</v>
       </c>
       <c r="H209" t="s">
-        <v>686</v>
+        <v>715</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>687</v>
+        <v>716</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>394</v>
+        <v>15</v>
       </c>
       <c r="D210" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E210" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F210" t="s">
-        <v>12</v>
+        <v>125</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>688</v>
+        <v>717</v>
       </c>
       <c r="H210" t="s">
-        <v>689</v>
+        <v>718</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>690</v>
+        <v>719</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>248</v>
+        <v>135</v>
       </c>
       <c r="D211" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E211" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F211" t="s">
-        <v>101</v>
+        <v>12</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>691</v>
+        <v>720</v>
       </c>
       <c r="H211" t="s">
-        <v>692</v>
+        <v>721</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>693</v>
+        <v>722</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>252</v>
+        <v>138</v>
       </c>
       <c r="D212" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E212" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F212" t="s">
-        <v>101</v>
+        <v>12</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>694</v>
+        <v>723</v>
       </c>
       <c r="H212" t="s">
-        <v>695</v>
+        <v>724</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>696</v>
+        <v>725</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>256</v>
+        <v>20</v>
       </c>
       <c r="D213" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E213" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F213" t="s">
-        <v>122</v>
+        <v>12</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>697</v>
+        <v>726</v>
       </c>
       <c r="H213" t="s">
-        <v>698</v>
+        <v>727</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>699</v>
+        <v>728</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>398</v>
+        <v>145</v>
       </c>
       <c r="D214" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E214" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F214" t="s">
-        <v>607</v>
+        <v>12</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>700</v>
+        <v>729</v>
       </c>
       <c r="H214" t="s">
-        <v>701</v>
+        <v>730</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>702</v>
+        <v>731</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>261</v>
+        <v>108</v>
       </c>
       <c r="D215" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E215" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F215" t="s">
-        <v>607</v>
+        <v>130</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>703</v>
+        <v>732</v>
       </c>
       <c r="H215" t="s">
-        <v>704</v>
+        <v>733</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>705</v>
+        <v>734</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>265</v>
+        <v>104</v>
       </c>
       <c r="D216" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E216" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F216" t="s">
-        <v>457</v>
+        <v>125</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>706</v>
+        <v>735</v>
       </c>
       <c r="H216" t="s">
-        <v>707</v>
+        <v>736</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>708</v>
+        <v>737</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>269</v>
+        <v>83</v>
       </c>
       <c r="D217" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E217" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F217" t="s">
-        <v>12</v>
+        <v>689</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>709</v>
+        <v>738</v>
       </c>
       <c r="H217" t="s">
-        <v>710</v>
+        <v>739</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>711</v>
+        <v>740</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>273</v>
+        <v>30</v>
       </c>
       <c r="D218" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E218" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F218" t="s">
-        <v>12</v>
+        <v>689</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>712</v>
+        <v>741</v>
       </c>
       <c r="H218" t="s">
-        <v>713</v>
+        <v>742</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>714</v>
+        <v>743</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>277</v>
+        <v>160</v>
       </c>
       <c r="D219" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E219" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F219" t="s">
-        <v>488</v>
+        <v>689</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>715</v>
+        <v>744</v>
       </c>
       <c r="H219" t="s">
-        <v>716</v>
+        <v>745</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>717</v>
+        <v>746</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>281</v>
+        <v>34</v>
       </c>
       <c r="D220" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E220" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F220" t="s">
-        <v>546</v>
+        <v>130</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>718</v>
+        <v>747</v>
       </c>
       <c r="H220" t="s">
-        <v>719</v>
+        <v>748</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>720</v>
+        <v>749</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>402</v>
+        <v>166</v>
       </c>
       <c r="D221" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E221" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F221" t="s">
-        <v>546</v>
+        <v>750</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>721</v>
+        <v>751</v>
       </c>
       <c r="H221" t="s">
-        <v>722</v>
+        <v>752</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>723</v>
+        <v>753</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>406</v>
+        <v>170</v>
       </c>
       <c r="D222" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E222" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F222" t="s">
-        <v>457</v>
+        <v>631</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>724</v>
+        <v>754</v>
       </c>
       <c r="H222" t="s">
-        <v>725</v>
+        <v>755</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>726</v>
+        <v>756</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>285</v>
+        <v>95</v>
       </c>
       <c r="D223" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E223" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F223" t="s">
-        <v>457</v>
+        <v>580</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>727</v>
+        <v>757</v>
       </c>
       <c r="H223" t="s">
-        <v>728</v>
+        <v>758</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>729</v>
+        <v>759</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>289</v>
+        <v>176</v>
       </c>
       <c r="D224" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E224" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F224" t="s">
-        <v>12</v>
+        <v>580</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>730</v>
+        <v>760</v>
       </c>
       <c r="H224" t="s">
-        <v>731</v>
+        <v>761</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>732</v>
+        <v>762</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>292</v>
+        <v>180</v>
       </c>
       <c r="D225" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E225" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F225" t="s">
-        <v>12</v>
+        <v>346</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>733</v>
+        <v>763</v>
       </c>
       <c r="H225" t="s">
-        <v>734</v>
+        <v>764</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>735</v>
+        <v>765</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>296</v>
+        <v>99</v>
       </c>
       <c r="D226" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E226" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F226" t="s">
-        <v>457</v>
+        <v>101</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>736</v>
+        <v>766</v>
       </c>
       <c r="H226" t="s">
-        <v>737</v>
+        <v>767</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>738</v>
+        <v>768</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>300</v>
+        <v>186</v>
       </c>
       <c r="D227" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E227" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F227" t="s">
-        <v>12</v>
+        <v>580</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>739</v>
+        <v>769</v>
       </c>
       <c r="H227" t="s">
-        <v>740</v>
+        <v>770</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>741</v>
+        <v>771</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>409</v>
+        <v>190</v>
       </c>
       <c r="D228" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E228" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F228" t="s">
-        <v>546</v>
+        <v>130</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>742</v>
+        <v>772</v>
       </c>
       <c r="H228" t="s">
-        <v>743</v>
+        <v>773</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>744</v>
+        <v>774</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>304</v>
+        <v>194</v>
       </c>
       <c r="D229" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E229" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F229" t="s">
-        <v>457</v>
+        <v>12</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>745</v>
+        <v>775</v>
       </c>
       <c r="H229" t="s">
-        <v>746</v>
+        <v>776</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>747</v>
+        <v>777</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>413</v>
+        <v>198</v>
       </c>
       <c r="D230" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E230" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F230" t="s">
-        <v>363</v>
+        <v>12</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>748</v>
+        <v>778</v>
       </c>
       <c r="H230" t="s">
-        <v>749</v>
+        <v>779</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>750</v>
+        <v>780</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>308</v>
+        <v>201</v>
       </c>
       <c r="D231" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E231" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F231" t="s">
-        <v>363</v>
+        <v>12</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>751</v>
+        <v>781</v>
       </c>
       <c r="H231" t="s">
-        <v>752</v>
+        <v>782</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>753</v>
+        <v>783</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>312</v>
+        <v>159</v>
       </c>
       <c r="D232" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E232" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F232" t="s">
-        <v>457</v>
+        <v>580</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>754</v>
+        <v>784</v>
       </c>
       <c r="H232" t="s">
-        <v>755</v>
+        <v>785</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>756</v>
+        <v>786</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>315</v>
+        <v>162</v>
       </c>
       <c r="D233" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E233" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F233" t="s">
-        <v>457</v>
+        <v>130</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>757</v>
+        <v>787</v>
       </c>
       <c r="H233" t="s">
-        <v>758</v>
+        <v>788</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>759</v>
+        <v>789</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>318</v>
+        <v>165</v>
       </c>
       <c r="D234" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E234" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F234" t="s">
-        <v>130</v>
+        <v>363</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>760</v>
+        <v>790</v>
       </c>
       <c r="H234" t="s">
-        <v>761</v>
+        <v>791</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>762</v>
+        <v>792</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>321</v>
+        <v>169</v>
       </c>
       <c r="D235" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E235" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F235" t="s">
-        <v>122</v>
+        <v>363</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>763</v>
+        <v>793</v>
       </c>
       <c r="H235" t="s">
-        <v>764</v>
+        <v>794</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>765</v>
+        <v>795</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>325</v>
+        <v>172</v>
       </c>
       <c r="D236" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E236" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F236" t="s">
-        <v>122</v>
+        <v>750</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>766</v>
+        <v>796</v>
       </c>
       <c r="H236" t="s">
-        <v>767</v>
+        <v>797</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>768</v>
+        <v>798</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>329</v>
+        <v>175</v>
       </c>
       <c r="D237" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E237" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F237" t="s">
-        <v>122</v>
+        <v>750</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>769</v>
+        <v>799</v>
       </c>
       <c r="H237" t="s">
-        <v>770</v>
+        <v>800</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>771</v>
+        <v>801</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>333</v>
+        <v>144</v>
       </c>
       <c r="D238" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E238" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F238" t="s">
-        <v>363</v>
+        <v>257</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>772</v>
+        <v>802</v>
       </c>
       <c r="H238" t="s">
-        <v>773</v>
+        <v>803</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>774</v>
+        <v>804</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>337</v>
+        <v>153</v>
       </c>
       <c r="D239" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E239" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F239" t="s">
-        <v>363</v>
+        <v>750</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>775</v>
+        <v>805</v>
       </c>
       <c r="H239" t="s">
-        <v>776</v>
+        <v>806</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>777</v>
+        <v>49</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>341</v>
+        <v>156</v>
       </c>
       <c r="D240" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E240" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F240" t="s">
         <v>363</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>778</v>
+        <v>807</v>
       </c>
       <c r="H240" t="s">
-        <v>779</v>
+        <v>808</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>780</v>
+        <v>53</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>345</v>
+        <v>151</v>
       </c>
       <c r="D241" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E241" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F241" t="s">
-        <v>12</v>
+        <v>809</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="H241" t="s">
-        <v>782</v>
+        <v>811</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>783</v>
+        <v>57</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>350</v>
+        <v>148</v>
       </c>
       <c r="D242" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E242" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F242" t="s">
-        <v>346</v>
+        <v>580</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>784</v>
+        <v>812</v>
       </c>
       <c r="H242" t="s">
-        <v>785</v>
+        <v>813</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>786</v>
+        <v>61</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>358</v>
+        <v>141</v>
       </c>
       <c r="D243" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E243" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F243" t="s">
-        <v>101</v>
+        <v>130</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>787</v>
+        <v>814</v>
       </c>
       <c r="H243" t="s">
-        <v>788</v>
+        <v>815</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>789</v>
+        <v>105</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>362</v>
+        <v>239</v>
       </c>
       <c r="D244" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E244" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F244" t="s">
-        <v>457</v>
+        <v>12</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>790</v>
+        <v>816</v>
       </c>
       <c r="H244" t="s">
-        <v>791</v>
+        <v>817</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>792</v>
+        <v>818</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>367</v>
+        <v>243</v>
       </c>
       <c r="D245" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E245" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F245" t="s">
-        <v>457</v>
+        <v>750</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>793</v>
+        <v>819</v>
       </c>
       <c r="H245" t="s">
-        <v>794</v>
+        <v>820</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>795</v>
+        <v>821</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>370</v>
+        <v>45</v>
       </c>
       <c r="D246" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E246" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F246" t="s">
-        <v>122</v>
+        <v>12</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>796</v>
+        <v>822</v>
       </c>
       <c r="H246" t="s">
-        <v>797</v>
+        <v>823</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>798</v>
+        <v>824</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>799</v>
+        <v>179</v>
       </c>
       <c r="D247" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E247" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F247" t="s">
-        <v>12</v>
+        <v>130</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>800</v>
+        <v>825</v>
       </c>
       <c r="H247" t="s">
-        <v>801</v>
+        <v>826</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>802</v>
+        <v>827</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>803</v>
+        <v>504</v>
       </c>
       <c r="D248" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E248" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F248" t="s">
-        <v>346</v>
+        <v>689</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>804</v>
+        <v>828</v>
       </c>
       <c r="H248" t="s">
-        <v>805</v>
+        <v>829</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>806</v>
+        <v>830</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>807</v>
+        <v>507</v>
       </c>
       <c r="D249" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E249" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F249" t="s">
-        <v>122</v>
+        <v>12</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>808</v>
+        <v>831</v>
       </c>
       <c r="H249" t="s">
-        <v>809</v>
+        <v>832</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>810</v>
+        <v>833</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>811</v>
+        <v>248</v>
       </c>
       <c r="D250" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E250" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F250" t="s">
-        <v>346</v>
+        <v>101</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>812</v>
+        <v>834</v>
       </c>
       <c r="H250" t="s">
-        <v>813</v>
+        <v>835</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>814</v>
+        <v>836</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>815</v>
+        <v>252</v>
       </c>
       <c r="D251" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E251" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F251" t="s">
-        <v>257</v>
+        <v>101</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>816</v>
+        <v>837</v>
       </c>
       <c r="H251" t="s">
-        <v>817</v>
+        <v>838</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>818</v>
+        <v>839</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>819</v>
+        <v>256</v>
       </c>
       <c r="D252" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E252" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F252" t="s">
         <v>122</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>820</v>
+        <v>840</v>
       </c>
       <c r="H252" t="s">
-        <v>821</v>
+        <v>841</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>822</v>
+        <v>842</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>823</v>
+        <v>511</v>
       </c>
       <c r="D253" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E253" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F253" t="s">
-        <v>363</v>
+        <v>750</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>824</v>
+        <v>843</v>
       </c>
       <c r="H253" t="s">
-        <v>825</v>
+        <v>844</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>826</v>
+        <v>845</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>827</v>
+        <v>261</v>
       </c>
       <c r="D254" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E254" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F254" t="s">
-        <v>12</v>
+        <v>750</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>828</v>
+        <v>846</v>
       </c>
       <c r="H254" t="s">
-        <v>829</v>
+        <v>847</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>830</v>
+        <v>848</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>831</v>
+        <v>265</v>
       </c>
       <c r="D255" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E255" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F255" t="s">
-        <v>130</v>
+        <v>580</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>832</v>
+        <v>849</v>
       </c>
       <c r="H255" t="s">
-        <v>833</v>
+        <v>850</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>834</v>
+        <v>851</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>835</v>
+        <v>269</v>
       </c>
       <c r="D256" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E256" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F256" t="s">
-        <v>836</v>
+        <v>12</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>837</v>
+        <v>852</v>
       </c>
       <c r="H256" t="s">
-        <v>838</v>
+        <v>853</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>839</v>
+        <v>854</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>840</v>
+        <v>273</v>
       </c>
       <c r="D257" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E257" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F257" t="s">
-        <v>130</v>
+        <v>12</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>841</v>
+        <v>855</v>
       </c>
       <c r="H257" t="s">
-        <v>842</v>
+        <v>856</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>843</v>
+        <v>857</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>844</v>
+        <v>277</v>
       </c>
       <c r="D258" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E258" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F258" t="s">
-        <v>607</v>
+        <v>631</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>845</v>
+        <v>858</v>
       </c>
       <c r="H258" t="s">
-        <v>846</v>
+        <v>859</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>847</v>
+        <v>860</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>848</v>
+        <v>281</v>
       </c>
       <c r="D259" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E259" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F259" t="s">
-        <v>363</v>
+        <v>689</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>849</v>
+        <v>861</v>
       </c>
       <c r="H259" t="s">
-        <v>850</v>
+        <v>862</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>851</v>
+        <v>863</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>852</v>
+        <v>515</v>
       </c>
       <c r="D260" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E260" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F260" t="s">
-        <v>257</v>
+        <v>689</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>853</v>
+        <v>864</v>
       </c>
       <c r="H260" t="s">
-        <v>854</v>
+        <v>865</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>855</v>
+        <v>866</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>856</v>
+        <v>519</v>
       </c>
       <c r="D261" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E261" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F261" t="s">
-        <v>457</v>
+        <v>580</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
       <c r="H261" t="s">
-        <v>858</v>
+        <v>868</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>859</v>
+        <v>869</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>860</v>
+        <v>285</v>
       </c>
       <c r="D262" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E262" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F262" t="s">
-        <v>12</v>
+        <v>580</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>861</v>
+        <v>870</v>
       </c>
       <c r="H262" t="s">
-        <v>862</v>
+        <v>871</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>864</v>
+        <v>289</v>
       </c>
       <c r="D263" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E263" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F263" t="s">
-        <v>457</v>
+        <v>12</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>865</v>
+        <v>873</v>
       </c>
       <c r="H263" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>867</v>
+        <v>875</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>868</v>
+        <v>292</v>
       </c>
       <c r="D264" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E264" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F264" t="s">
-        <v>125</v>
+        <v>12</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>869</v>
+        <v>876</v>
       </c>
       <c r="H264" t="s">
-        <v>870</v>
+        <v>877</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>871</v>
+        <v>878</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>872</v>
+        <v>296</v>
       </c>
       <c r="D265" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E265" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F265" t="s">
-        <v>546</v>
+        <v>580</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="H265" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>876</v>
+        <v>300</v>
       </c>
       <c r="D266" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E266" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F266" t="s">
-        <v>122</v>
+        <v>12</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>877</v>
+        <v>882</v>
       </c>
       <c r="H266" t="s">
-        <v>878</v>
+        <v>883</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>880</v>
+        <v>522</v>
       </c>
       <c r="D267" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E267" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F267" t="s">
-        <v>130</v>
+        <v>689</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="H267" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>884</v>
+        <v>304</v>
       </c>
       <c r="D268" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E268" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F268" t="s">
-        <v>130</v>
+        <v>580</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="H268" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>888</v>
+        <v>526</v>
       </c>
       <c r="D269" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E269" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F269" t="s">
-        <v>130</v>
+        <v>363</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="H269" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>892</v>
+        <v>308</v>
       </c>
       <c r="D270" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E270" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F270" t="s">
-        <v>122</v>
+        <v>363</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="H270" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>896</v>
+        <v>312</v>
       </c>
       <c r="D271" t="s">
-        <v>452</v>
+        <v>596</v>
       </c>
       <c r="E271" t="s">
-        <v>453</v>
+        <v>597</v>
       </c>
       <c r="F271" t="s">
-        <v>122</v>
+        <v>580</v>
       </c>
       <c r="G271" s="1" t="s">
         <v>897</v>
       </c>
       <c r="H271" t="s">
         <v>898</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>899</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
+        <v>315</v>
+      </c>
+      <c r="D272" t="s">
+        <v>596</v>
+      </c>
+      <c r="E272" t="s">
+        <v>597</v>
+      </c>
+      <c r="F272" t="s">
+        <v>580</v>
+      </c>
+      <c r="G272" s="1" t="s">
         <v>900</v>
       </c>
-      <c r="D272" t="s">
-[...8 lines deleted...]
-      <c r="G272" s="1" t="s">
+      <c r="H272" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>902</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>84</v>
+        <v>902</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>75</v>
+        <v>318</v>
       </c>
       <c r="D273" t="s">
+        <v>596</v>
+      </c>
+      <c r="E273" t="s">
+        <v>597</v>
+      </c>
+      <c r="F273" t="s">
+        <v>130</v>
+      </c>
+      <c r="G273" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="E273" t="s">
+      <c r="H273" t="s">
         <v>904</v>
-      </c>
-[...7 lines deleted...]
-        <v>906</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>166</v>
+        <v>905</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>42</v>
+        <v>321</v>
       </c>
       <c r="D274" t="s">
-        <v>903</v>
+        <v>596</v>
       </c>
       <c r="E274" t="s">
-        <v>904</v>
+        <v>597</v>
       </c>
       <c r="F274" t="s">
-        <v>17</v>
+        <v>122</v>
       </c>
       <c r="G274" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="H274" t="s">
         <v>907</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>170</v>
+        <v>908</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>68</v>
+        <v>325</v>
       </c>
       <c r="D275" t="s">
-        <v>903</v>
+        <v>596</v>
       </c>
       <c r="E275" t="s">
-        <v>904</v>
+        <v>597</v>
       </c>
       <c r="F275" t="s">
-        <v>17</v>
+        <v>122</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="H275" t="s">
-        <v>70</v>
+        <v>910</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>186</v>
+        <v>911</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>84</v>
+        <v>329</v>
       </c>
       <c r="D276" t="s">
-        <v>903</v>
+        <v>596</v>
       </c>
       <c r="E276" t="s">
-        <v>904</v>
+        <v>597</v>
       </c>
       <c r="F276" t="s">
-        <v>607</v>
+        <v>122</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="H276" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>64</v>
+        <v>333</v>
       </c>
       <c r="D277" t="s">
-        <v>903</v>
+        <v>596</v>
       </c>
       <c r="E277" t="s">
-        <v>904</v>
+        <v>597</v>
       </c>
       <c r="F277" t="s">
-        <v>122</v>
+        <v>363</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="H277" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>239</v>
+        <v>917</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>79</v>
+        <v>337</v>
       </c>
       <c r="D278" t="s">
-        <v>903</v>
+        <v>596</v>
       </c>
       <c r="E278" t="s">
-        <v>904</v>
+        <v>597</v>
       </c>
       <c r="F278" t="s">
-        <v>125</v>
+        <v>363</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="H278" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>243</v>
+        <v>920</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>91</v>
+        <v>341</v>
       </c>
       <c r="D279" t="s">
-        <v>903</v>
+        <v>596</v>
       </c>
       <c r="E279" t="s">
-        <v>904</v>
+        <v>597</v>
       </c>
       <c r="F279" t="s">
-        <v>130</v>
+        <v>363</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>916</v>
+        <v>921</v>
       </c>
       <c r="H279" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>15</v>
+        <v>345</v>
       </c>
       <c r="D280" t="s">
-        <v>903</v>
+        <v>596</v>
       </c>
       <c r="E280" t="s">
-        <v>904</v>
+        <v>597</v>
       </c>
       <c r="F280" t="s">
-        <v>130</v>
+        <v>12</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="H280" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>165</v>
+        <v>350</v>
       </c>
       <c r="D281" t="s">
-        <v>903</v>
+        <v>596</v>
       </c>
       <c r="E281" t="s">
-        <v>904</v>
+        <v>597</v>
       </c>
       <c r="F281" t="s">
-        <v>12</v>
+        <v>346</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
       <c r="H281" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>144</v>
+        <v>358</v>
       </c>
       <c r="D282" t="s">
-        <v>903</v>
+        <v>596</v>
       </c>
       <c r="E282" t="s">
-        <v>904</v>
+        <v>597</v>
       </c>
       <c r="F282" t="s">
-        <v>17</v>
+        <v>101</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
       <c r="H282" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>153</v>
+        <v>362</v>
       </c>
       <c r="D283" t="s">
-        <v>903</v>
+        <v>596</v>
       </c>
       <c r="E283" t="s">
-        <v>904</v>
+        <v>597</v>
       </c>
       <c r="F283" t="s">
-        <v>17</v>
+        <v>580</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="H283" t="s">
-        <v>225</v>
+        <v>934</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>929</v>
+        <v>935</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>156</v>
+        <v>367</v>
       </c>
       <c r="D284" t="s">
-        <v>903</v>
+        <v>596</v>
       </c>
       <c r="E284" t="s">
-        <v>904</v>
+        <v>597</v>
       </c>
       <c r="F284" t="s">
-        <v>17</v>
+        <v>580</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
       <c r="H284" t="s">
-        <v>228</v>
+        <v>937</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>292</v>
+        <v>370</v>
       </c>
       <c r="D285" t="s">
-        <v>903</v>
+        <v>596</v>
       </c>
       <c r="E285" t="s">
-        <v>904</v>
+        <v>597</v>
       </c>
       <c r="F285" t="s">
         <v>122</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>932</v>
+        <v>939</v>
       </c>
       <c r="H285" t="s">
-        <v>294</v>
+        <v>940</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>933</v>
+        <v>941</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>300</v>
+        <v>374</v>
       </c>
       <c r="D286" t="s">
-        <v>903</v>
+        <v>596</v>
       </c>
       <c r="E286" t="s">
-        <v>904</v>
+        <v>597</v>
       </c>
       <c r="F286" t="s">
         <v>12</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>934</v>
+        <v>942</v>
       </c>
       <c r="H286" t="s">
-        <v>935</v>
+        <v>943</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>936</v>
+        <v>944</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>304</v>
+        <v>378</v>
       </c>
       <c r="D287" t="s">
-        <v>903</v>
+        <v>596</v>
       </c>
       <c r="E287" t="s">
-        <v>904</v>
+        <v>597</v>
       </c>
       <c r="F287" t="s">
-        <v>12</v>
+        <v>346</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>937</v>
+        <v>945</v>
       </c>
       <c r="H287" t="s">
-        <v>938</v>
+        <v>946</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>109</v>
+        <v>947</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>121</v>
+        <v>382</v>
       </c>
       <c r="D288" t="s">
-        <v>939</v>
+        <v>596</v>
       </c>
       <c r="E288" t="s">
-        <v>940</v>
+        <v>597</v>
       </c>
       <c r="F288" t="s">
-        <v>17</v>
+        <v>122</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>941</v>
+        <v>948</v>
       </c>
       <c r="H288" t="s">
-        <v>381</v>
+        <v>949</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>180</v>
+        <v>950</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>52</v>
+        <v>386</v>
       </c>
       <c r="D289" t="s">
-        <v>939</v>
+        <v>596</v>
       </c>
       <c r="E289" t="s">
-        <v>940</v>
+        <v>597</v>
       </c>
       <c r="F289" t="s">
-        <v>12</v>
+        <v>346</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>942</v>
+        <v>951</v>
       </c>
       <c r="H289" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>176</v>
+        <v>953</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>112</v>
+        <v>390</v>
       </c>
       <c r="D290" t="s">
-        <v>939</v>
+        <v>596</v>
       </c>
       <c r="E290" t="s">
-        <v>940</v>
+        <v>597</v>
       </c>
       <c r="F290" t="s">
-        <v>12</v>
+        <v>257</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>944</v>
+        <v>954</v>
       </c>
       <c r="H290" t="s">
-        <v>945</v>
+        <v>955</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
+        <v>956</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
         <v>394</v>
       </c>
-      <c r="B291" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D291" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E291" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F291" t="s">
-        <v>363</v>
+        <v>122</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>948</v>
+        <v>957</v>
       </c>
       <c r="H291" t="s">
-        <v>949</v>
+        <v>958</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>248</v>
+        <v>959</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>16</v>
+        <v>397</v>
       </c>
       <c r="D292" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E292" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F292" t="s">
-        <v>130</v>
+        <v>363</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>950</v>
+        <v>960</v>
       </c>
       <c r="H292" t="s">
-        <v>951</v>
+        <v>961</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>252</v>
+        <v>962</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>21</v>
+        <v>400</v>
       </c>
       <c r="D293" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E293" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F293" t="s">
-        <v>363</v>
+        <v>12</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>952</v>
+        <v>963</v>
       </c>
       <c r="H293" t="s">
-        <v>953</v>
+        <v>964</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>256</v>
+        <v>965</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>24</v>
+        <v>529</v>
       </c>
       <c r="D294" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E294" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F294" t="s">
-        <v>101</v>
+        <v>130</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>954</v>
+        <v>966</v>
       </c>
       <c r="H294" t="s">
-        <v>955</v>
+        <v>967</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>398</v>
+        <v>968</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>27</v>
+        <v>969</v>
       </c>
       <c r="D295" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E295" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F295" t="s">
-        <v>546</v>
+        <v>970</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>956</v>
+        <v>971</v>
       </c>
       <c r="H295" t="s">
-        <v>957</v>
+        <v>972</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>261</v>
+        <v>973</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>60</v>
+        <v>404</v>
       </c>
       <c r="D296" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E296" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F296" t="s">
-        <v>546</v>
+        <v>130</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>958</v>
+        <v>974</v>
       </c>
       <c r="H296" t="s">
-        <v>959</v>
+        <v>975</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>265</v>
+        <v>976</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>31</v>
+        <v>408</v>
       </c>
       <c r="D297" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E297" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F297" t="s">
-        <v>546</v>
+        <v>750</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>960</v>
+        <v>977</v>
       </c>
       <c r="H297" t="s">
-        <v>961</v>
+        <v>978</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>269</v>
+        <v>979</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>71</v>
+        <v>411</v>
       </c>
       <c r="D298" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E298" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F298" t="s">
-        <v>546</v>
+        <v>363</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>962</v>
+        <v>980</v>
       </c>
       <c r="H298" t="s">
-        <v>963</v>
+        <v>981</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>273</v>
+        <v>982</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>75</v>
+        <v>415</v>
       </c>
       <c r="D299" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E299" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F299" t="s">
-        <v>546</v>
+        <v>257</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>964</v>
+        <v>983</v>
       </c>
       <c r="H299" t="s">
-        <v>965</v>
+        <v>984</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>277</v>
+        <v>985</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>35</v>
+        <v>418</v>
       </c>
       <c r="D300" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E300" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F300" t="s">
-        <v>130</v>
+        <v>580</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>966</v>
+        <v>986</v>
       </c>
       <c r="H300" t="s">
-        <v>967</v>
+        <v>987</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>281</v>
+        <v>988</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>38</v>
+        <v>422</v>
       </c>
       <c r="D301" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E301" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F301" t="s">
-        <v>130</v>
+        <v>12</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>968</v>
+        <v>989</v>
       </c>
       <c r="H301" t="s">
-        <v>969</v>
+        <v>990</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>402</v>
+        <v>991</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>42</v>
+        <v>426</v>
       </c>
       <c r="D302" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E302" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F302" t="s">
-        <v>130</v>
+        <v>580</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>970</v>
+        <v>992</v>
       </c>
       <c r="H302" t="s">
-        <v>971</v>
+        <v>993</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>406</v>
+        <v>994</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>46</v>
+        <v>430</v>
       </c>
       <c r="D303" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E303" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F303" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>972</v>
+        <v>995</v>
       </c>
       <c r="H303" t="s">
-        <v>973</v>
+        <v>996</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>285</v>
+        <v>997</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>49</v>
+        <v>433</v>
       </c>
       <c r="D304" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E304" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F304" t="s">
-        <v>546</v>
+        <v>689</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>974</v>
+        <v>998</v>
       </c>
       <c r="H304" t="s">
-        <v>975</v>
+        <v>999</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>289</v>
+        <v>1000</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>53</v>
+        <v>437</v>
       </c>
       <c r="D305" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E305" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F305" t="s">
-        <v>546</v>
+        <v>122</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>976</v>
+        <v>1001</v>
       </c>
       <c r="H305" t="s">
-        <v>977</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>292</v>
+        <v>1003</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>57</v>
+        <v>440</v>
       </c>
       <c r="D306" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E306" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F306" t="s">
-        <v>546</v>
+        <v>130</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>978</v>
+        <v>1004</v>
       </c>
       <c r="H306" t="s">
-        <v>979</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>296</v>
+        <v>1006</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>61</v>
+        <v>533</v>
       </c>
       <c r="D307" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E307" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F307" t="s">
-        <v>346</v>
+        <v>130</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>980</v>
+        <v>1007</v>
       </c>
       <c r="H307" t="s">
-        <v>981</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>300</v>
+        <v>1009</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>65</v>
+        <v>444</v>
       </c>
       <c r="D308" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E308" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F308" t="s">
-        <v>346</v>
+        <v>130</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>982</v>
+        <v>1010</v>
       </c>
       <c r="H308" t="s">
-        <v>983</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>409</v>
+        <v>1012</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>121</v>
+        <v>537</v>
       </c>
       <c r="D309" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E309" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F309" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>984</v>
+        <v>1013</v>
       </c>
       <c r="H309" t="s">
-        <v>985</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>304</v>
+        <v>1015</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>68</v>
+        <v>448</v>
       </c>
       <c r="D310" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E310" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F310" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>986</v>
+        <v>1016</v>
       </c>
       <c r="H310" t="s">
-        <v>987</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>413</v>
+        <v>1018</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>72</v>
+        <v>452</v>
       </c>
       <c r="D311" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E311" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F311" t="s">
-        <v>546</v>
+        <v>122</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>988</v>
+        <v>1019</v>
       </c>
       <c r="H311" t="s">
-        <v>989</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>308</v>
+        <v>1021</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>76</v>
+        <v>455</v>
       </c>
       <c r="D312" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E312" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F312" t="s">
-        <v>488</v>
+        <v>12</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>990</v>
+        <v>1022</v>
       </c>
       <c r="H312" t="s">
-        <v>991</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>312</v>
+        <v>1024</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>80</v>
+        <v>459</v>
       </c>
       <c r="D313" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E313" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F313" t="s">
-        <v>488</v>
+        <v>122</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>992</v>
+        <v>1025</v>
       </c>
       <c r="H313" t="s">
-        <v>993</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>315</v>
+        <v>1027</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>84</v>
+        <v>463</v>
       </c>
       <c r="D314" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E314" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F314" t="s">
-        <v>122</v>
+        <v>750</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>994</v>
+        <v>1028</v>
       </c>
       <c r="H314" t="s">
-        <v>995</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>318</v>
+        <v>1030</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>52</v>
+        <v>467</v>
       </c>
       <c r="D315" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E315" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F315" t="s">
-        <v>12</v>
+        <v>750</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>996</v>
+        <v>1031</v>
       </c>
       <c r="H315" t="s">
-        <v>997</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>321</v>
+        <v>1033</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>112</v>
+        <v>471</v>
       </c>
       <c r="D316" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E316" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F316" t="s">
-        <v>546</v>
+        <v>130</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>998</v>
+        <v>1034</v>
       </c>
       <c r="H316" t="s">
-        <v>999</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>325</v>
+        <v>1036</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>88</v>
+        <v>475</v>
       </c>
       <c r="D317" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E317" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F317" t="s">
-        <v>457</v>
+        <v>12</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1000</v>
+        <v>1037</v>
       </c>
       <c r="H317" t="s">
-        <v>1001</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>329</v>
+        <v>1039</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>92</v>
+        <v>479</v>
       </c>
       <c r="D318" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E318" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F318" t="s">
-        <v>363</v>
+        <v>12</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1002</v>
+        <v>1040</v>
       </c>
       <c r="H318" t="s">
-        <v>1003</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>333</v>
+        <v>1042</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>96</v>
+        <v>483</v>
       </c>
       <c r="D319" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E319" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F319" t="s">
-        <v>122</v>
+        <v>346</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1004</v>
+        <v>1043</v>
       </c>
       <c r="H319" t="s">
-        <v>1005</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>337</v>
+        <v>1045</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>100</v>
+        <v>540</v>
       </c>
       <c r="D320" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E320" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F320" t="s">
-        <v>122</v>
+        <v>346</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1006</v>
+        <v>1046</v>
       </c>
       <c r="H320" t="s">
-        <v>1007</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>341</v>
+        <v>1048</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>105</v>
+        <v>1049</v>
       </c>
       <c r="D321" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E321" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F321" t="s">
-        <v>346</v>
+        <v>122</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1008</v>
+        <v>1050</v>
       </c>
       <c r="H321" t="s">
-        <v>1009</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>345</v>
+        <v>1052</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>109</v>
+        <v>1053</v>
       </c>
       <c r="D322" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E322" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F322" t="s">
-        <v>257</v>
+        <v>12</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1010</v>
+        <v>1054</v>
       </c>
       <c r="H322" t="s">
-        <v>1011</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>350</v>
+        <v>1056</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>113</v>
+        <v>1057</v>
       </c>
       <c r="D323" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E323" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F323" t="s">
-        <v>125</v>
+        <v>580</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1012</v>
+        <v>1058</v>
       </c>
       <c r="H323" t="s">
-        <v>1013</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>354</v>
+        <v>1060</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>115</v>
+        <v>1061</v>
       </c>
       <c r="D324" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E324" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F324" t="s">
         <v>130</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1014</v>
+        <v>1062</v>
       </c>
       <c r="H324" t="s">
-        <v>1015</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>358</v>
+        <v>1064</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>118</v>
+        <v>1065</v>
       </c>
       <c r="D325" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E325" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F325" t="s">
-        <v>130</v>
+        <v>12</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1016</v>
+        <v>1066</v>
       </c>
       <c r="H325" t="s">
-        <v>1017</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>362</v>
+        <v>1068</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>64</v>
+        <v>1069</v>
       </c>
       <c r="D326" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E326" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F326" t="s">
-        <v>101</v>
+        <v>12</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1018</v>
+        <v>1070</v>
       </c>
       <c r="H326" t="s">
-        <v>1019</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>367</v>
+        <v>1072</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>41</v>
+        <v>1073</v>
       </c>
       <c r="D327" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E327" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F327" t="s">
         <v>12</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1020</v>
+        <v>1074</v>
       </c>
       <c r="H327" t="s">
-        <v>1021</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>370</v>
+        <v>1076</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>79</v>
+        <v>1077</v>
       </c>
       <c r="D328" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E328" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F328" t="s">
-        <v>257</v>
+        <v>12</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1022</v>
+        <v>1078</v>
       </c>
       <c r="H328" t="s">
-        <v>1023</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>799</v>
+        <v>1080</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>91</v>
+        <v>1081</v>
       </c>
       <c r="D329" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E329" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F329" t="s">
-        <v>257</v>
+        <v>580</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1024</v>
+        <v>1082</v>
       </c>
       <c r="H329" t="s">
-        <v>1025</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>803</v>
+        <v>1084</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>15</v>
+        <v>1085</v>
       </c>
       <c r="D330" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E330" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F330" t="s">
-        <v>257</v>
+        <v>12</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1026</v>
+        <v>1086</v>
       </c>
       <c r="H330" t="s">
-        <v>1027</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>807</v>
+        <v>1088</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>135</v>
+        <v>1089</v>
       </c>
       <c r="D331" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E331" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F331" t="s">
-        <v>346</v>
+        <v>12</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1028</v>
+        <v>1090</v>
       </c>
       <c r="H331" t="s">
-        <v>1029</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>811</v>
+        <v>1092</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>138</v>
+        <v>1093</v>
       </c>
       <c r="D332" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E332" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F332" t="s">
-        <v>346</v>
+        <v>12</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1030</v>
+        <v>1094</v>
       </c>
       <c r="H332" t="s">
-        <v>1031</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>815</v>
+        <v>1096</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>20</v>
+        <v>1097</v>
       </c>
       <c r="D333" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E333" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F333" t="s">
-        <v>346</v>
+        <v>12</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1032</v>
+        <v>1098</v>
       </c>
       <c r="H333" t="s">
-        <v>1033</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>819</v>
+        <v>1100</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>145</v>
+        <v>1101</v>
       </c>
       <c r="D334" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E334" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F334" t="s">
-        <v>346</v>
+        <v>12</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1034</v>
+        <v>1102</v>
       </c>
       <c r="H334" t="s">
-        <v>1035</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>823</v>
+        <v>1104</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>108</v>
+        <v>1105</v>
       </c>
       <c r="D335" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E335" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F335" t="s">
-        <v>363</v>
+        <v>130</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1036</v>
+        <v>1106</v>
       </c>
       <c r="H335" t="s">
-        <v>1037</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>827</v>
+        <v>1108</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>104</v>
+        <v>1109</v>
       </c>
       <c r="D336" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E336" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F336" t="s">
-        <v>363</v>
+        <v>122</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1038</v>
+        <v>1110</v>
       </c>
       <c r="H336" t="s">
-        <v>1039</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>831</v>
+        <v>1112</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>83</v>
+        <v>1113</v>
       </c>
       <c r="D337" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E337" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F337" t="s">
-        <v>546</v>
+        <v>122</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1040</v>
+        <v>1114</v>
       </c>
       <c r="H337" t="s">
-        <v>1041</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>835</v>
+        <v>1116</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>30</v>
+        <v>1117</v>
       </c>
       <c r="D338" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E338" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F338" t="s">
-        <v>546</v>
+        <v>130</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1042</v>
+        <v>1118</v>
       </c>
       <c r="H338" t="s">
-        <v>1043</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>840</v>
+        <v>1120</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>160</v>
+        <v>1121</v>
       </c>
       <c r="D339" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E339" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F339" t="s">
-        <v>130</v>
+        <v>12</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1044</v>
+        <v>1122</v>
       </c>
       <c r="H339" t="s">
-        <v>1045</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>844</v>
+        <v>1124</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>34</v>
+        <v>1125</v>
       </c>
       <c r="D340" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E340" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F340" t="s">
-        <v>457</v>
+        <v>12</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1046</v>
+        <v>1126</v>
       </c>
       <c r="H340" t="s">
-        <v>1047</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>848</v>
+        <v>1128</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>166</v>
+        <v>1129</v>
       </c>
       <c r="D341" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E341" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F341" t="s">
-        <v>122</v>
+        <v>12</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1048</v>
+        <v>1130</v>
       </c>
       <c r="H341" t="s">
-        <v>1049</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>852</v>
+        <v>1132</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>170</v>
+        <v>1133</v>
       </c>
       <c r="D342" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E342" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F342" t="s">
-        <v>122</v>
+        <v>12</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1050</v>
+        <v>1134</v>
       </c>
       <c r="H342" t="s">
-        <v>1051</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>856</v>
+        <v>1136</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>95</v>
+        <v>1137</v>
       </c>
       <c r="D343" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E343" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F343" t="s">
         <v>122</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1052</v>
+        <v>1138</v>
       </c>
       <c r="H343" t="s">
-        <v>1053</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>860</v>
+        <v>1140</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>176</v>
+        <v>1141</v>
       </c>
       <c r="D344" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E344" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F344" t="s">
         <v>122</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1054</v>
+        <v>1142</v>
       </c>
       <c r="H344" t="s">
-        <v>1055</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>864</v>
+        <v>1144</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>180</v>
+        <v>1145</v>
       </c>
       <c r="D345" t="s">
-        <v>946</v>
+        <v>596</v>
       </c>
       <c r="E345" t="s">
-        <v>947</v>
+        <v>597</v>
       </c>
       <c r="F345" t="s">
         <v>122</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1056</v>
+        <v>1146</v>
       </c>
       <c r="H345" t="s">
-        <v>1057</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>868</v>
+        <v>84</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>99</v>
+        <v>75</v>
       </c>
       <c r="D346" t="s">
-        <v>946</v>
+        <v>1148</v>
       </c>
       <c r="E346" t="s">
-        <v>947</v>
+        <v>1149</v>
       </c>
       <c r="F346" t="s">
-        <v>488</v>
+        <v>17</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1058</v>
+        <v>1150</v>
       </c>
       <c r="H346" t="s">
-        <v>1059</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>872</v>
+        <v>166</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>186</v>
+        <v>42</v>
       </c>
       <c r="D347" t="s">
-        <v>946</v>
+        <v>1148</v>
       </c>
       <c r="E347" t="s">
-        <v>947</v>
+        <v>1149</v>
       </c>
       <c r="F347" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1060</v>
+        <v>1152</v>
       </c>
       <c r="H347" t="s">
-        <v>1061</v>
+        <v>44</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>876</v>
+        <v>170</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>190</v>
+        <v>68</v>
       </c>
       <c r="D348" t="s">
-        <v>946</v>
+        <v>1148</v>
       </c>
       <c r="E348" t="s">
-        <v>947</v>
+        <v>1149</v>
       </c>
       <c r="F348" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1062</v>
+        <v>1153</v>
       </c>
       <c r="H348" t="s">
-        <v>1063</v>
+        <v>70</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>880</v>
+        <v>186</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>194</v>
+        <v>84</v>
       </c>
       <c r="D349" t="s">
-        <v>946</v>
+        <v>1148</v>
       </c>
       <c r="E349" t="s">
-        <v>947</v>
+        <v>1149</v>
       </c>
       <c r="F349" t="s">
-        <v>101</v>
+        <v>750</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1064</v>
+        <v>1154</v>
       </c>
       <c r="H349" t="s">
-        <v>1065</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>884</v>
+        <v>1156</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>198</v>
+        <v>64</v>
       </c>
       <c r="D350" t="s">
-        <v>946</v>
+        <v>1148</v>
       </c>
       <c r="E350" t="s">
-        <v>947</v>
+        <v>1149</v>
       </c>
       <c r="F350" t="s">
-        <v>488</v>
+        <v>122</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1066</v>
+        <v>1157</v>
       </c>
       <c r="H350" t="s">
-        <v>1067</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>888</v>
+        <v>239</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>201</v>
+        <v>79</v>
       </c>
       <c r="D351" t="s">
-        <v>946</v>
+        <v>1148</v>
       </c>
       <c r="E351" t="s">
-        <v>947</v>
+        <v>1149</v>
       </c>
       <c r="F351" t="s">
-        <v>257</v>
+        <v>125</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1068</v>
+        <v>1159</v>
       </c>
       <c r="H351" t="s">
-        <v>1069</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>892</v>
+        <v>243</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>159</v>
+        <v>91</v>
       </c>
       <c r="D352" t="s">
-        <v>946</v>
+        <v>1148</v>
       </c>
       <c r="E352" t="s">
-        <v>947</v>
+        <v>1149</v>
       </c>
       <c r="F352" t="s">
-        <v>457</v>
+        <v>130</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1070</v>
+        <v>1161</v>
       </c>
       <c r="H352" t="s">
-        <v>1071</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>896</v>
+        <v>1163</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>162</v>
+        <v>15</v>
       </c>
       <c r="D353" t="s">
-        <v>946</v>
+        <v>1148</v>
       </c>
       <c r="E353" t="s">
-        <v>947</v>
+        <v>1149</v>
       </c>
       <c r="F353" t="s">
-        <v>457</v>
+        <v>130</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1072</v>
+        <v>1164</v>
       </c>
       <c r="H353" t="s">
-        <v>1073</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>900</v>
+        <v>1166</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
         <v>165</v>
       </c>
       <c r="D354" t="s">
-        <v>946</v>
+        <v>1148</v>
       </c>
       <c r="E354" t="s">
-        <v>947</v>
+        <v>1149</v>
       </c>
       <c r="F354" t="s">
-        <v>122</v>
+        <v>12</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1074</v>
+        <v>1167</v>
       </c>
       <c r="H354" t="s">
-        <v>1075</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1076</v>
+        <v>1169</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>169</v>
+        <v>144</v>
       </c>
       <c r="D355" t="s">
-        <v>946</v>
+        <v>1148</v>
       </c>
       <c r="E355" t="s">
-        <v>947</v>
+        <v>1149</v>
       </c>
       <c r="F355" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1077</v>
+        <v>1170</v>
       </c>
       <c r="H355" t="s">
-        <v>1078</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1079</v>
+        <v>1172</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>172</v>
+        <v>153</v>
       </c>
       <c r="D356" t="s">
-        <v>946</v>
+        <v>1148</v>
       </c>
       <c r="E356" t="s">
-        <v>947</v>
+        <v>1149</v>
       </c>
       <c r="F356" t="s">
-        <v>488</v>
+        <v>17</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1080</v>
+        <v>1173</v>
       </c>
       <c r="H356" t="s">
-        <v>1081</v>
+        <v>225</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1082</v>
+        <v>1174</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>175</v>
+        <v>156</v>
       </c>
       <c r="D357" t="s">
-        <v>946</v>
+        <v>1148</v>
       </c>
       <c r="E357" t="s">
-        <v>947</v>
+        <v>1149</v>
       </c>
       <c r="F357" t="s">
-        <v>488</v>
+        <v>17</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1083</v>
+        <v>1175</v>
       </c>
       <c r="H357" t="s">
-        <v>1084</v>
+        <v>228</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1085</v>
+        <v>1176</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>144</v>
+        <v>292</v>
       </c>
       <c r="D358" t="s">
-        <v>946</v>
+        <v>1148</v>
       </c>
       <c r="E358" t="s">
-        <v>947</v>
+        <v>1149</v>
       </c>
       <c r="F358" t="s">
-        <v>488</v>
+        <v>122</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1086</v>
+        <v>1177</v>
       </c>
       <c r="H358" t="s">
-        <v>1087</v>
+        <v>294</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1088</v>
+        <v>1178</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>153</v>
+        <v>300</v>
       </c>
       <c r="D359" t="s">
-        <v>946</v>
+        <v>1148</v>
       </c>
       <c r="E359" t="s">
-        <v>947</v>
+        <v>1149</v>
       </c>
       <c r="F359" t="s">
         <v>12</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1089</v>
+        <v>1179</v>
       </c>
       <c r="H359" t="s">
-        <v>1090</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1091</v>
+        <v>1181</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>156</v>
+        <v>304</v>
       </c>
       <c r="D360" t="s">
-        <v>946</v>
+        <v>1148</v>
       </c>
       <c r="E360" t="s">
-        <v>947</v>
+        <v>1149</v>
       </c>
       <c r="F360" t="s">
         <v>12</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1092</v>
+        <v>1182</v>
       </c>
       <c r="H360" t="s">
-        <v>1093</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1094</v>
+        <v>1184</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>151</v>
+        <v>329</v>
       </c>
       <c r="D361" t="s">
-        <v>946</v>
+        <v>1148</v>
       </c>
       <c r="E361" t="s">
-        <v>947</v>
+        <v>1149</v>
       </c>
       <c r="F361" t="s">
-        <v>12</v>
+        <v>257</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1095</v>
+        <v>1185</v>
       </c>
       <c r="H361" t="s">
-        <v>1096</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1097</v>
+        <v>109</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>148</v>
+        <v>121</v>
       </c>
       <c r="D362" t="s">
-        <v>946</v>
+        <v>1187</v>
       </c>
       <c r="E362" t="s">
-        <v>947</v>
+        <v>1188</v>
       </c>
       <c r="F362" t="s">
-        <v>457</v>
+        <v>17</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1098</v>
+        <v>1189</v>
       </c>
       <c r="H362" t="s">
-        <v>1099</v>
+        <v>494</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1100</v>
+        <v>180</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>141</v>
+        <v>52</v>
       </c>
       <c r="D363" t="s">
-        <v>946</v>
+        <v>1187</v>
       </c>
       <c r="E363" t="s">
-        <v>947</v>
+        <v>1188</v>
       </c>
       <c r="F363" t="s">
-        <v>546</v>
+        <v>12</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1101</v>
+        <v>1190</v>
       </c>
       <c r="H363" t="s">
-        <v>1102</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1103</v>
+        <v>176</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>239</v>
+        <v>112</v>
       </c>
       <c r="D364" t="s">
-        <v>946</v>
+        <v>1187</v>
       </c>
       <c r="E364" t="s">
-        <v>947</v>
+        <v>1188</v>
       </c>
       <c r="F364" t="s">
-        <v>122</v>
+        <v>12</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1104</v>
+        <v>1192</v>
       </c>
       <c r="H364" t="s">
-        <v>1105</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1106</v>
+        <v>1194</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>243</v>
+        <v>969</v>
       </c>
       <c r="D365" t="s">
-        <v>946</v>
+        <v>1187</v>
       </c>
       <c r="E365" t="s">
-        <v>947</v>
+        <v>1188</v>
       </c>
       <c r="F365" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1107</v>
+        <v>1195</v>
       </c>
       <c r="H365" t="s">
-        <v>1108</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1109</v>
+        <v>507</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>45</v>
+        <v>8</v>
       </c>
       <c r="D366" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E366" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F366" t="s">
-        <v>12</v>
+        <v>363</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1110</v>
+        <v>1199</v>
       </c>
       <c r="H366" t="s">
-        <v>1111</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1112</v>
+        <v>248</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>179</v>
+        <v>16</v>
       </c>
       <c r="D367" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E367" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F367" t="s">
-        <v>12</v>
+        <v>130</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1113</v>
+        <v>1201</v>
       </c>
       <c r="H367" t="s">
-        <v>1114</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1115</v>
+        <v>252</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>391</v>
+        <v>21</v>
       </c>
       <c r="D368" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E368" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F368" t="s">
-        <v>12</v>
+        <v>363</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1116</v>
+        <v>1203</v>
       </c>
       <c r="H368" t="s">
-        <v>1117</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1118</v>
+        <v>256</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>394</v>
+        <v>24</v>
       </c>
       <c r="D369" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E369" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F369" t="s">
-        <v>546</v>
+        <v>101</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1119</v>
+        <v>1205</v>
       </c>
       <c r="H369" t="s">
-        <v>1120</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1121</v>
+        <v>511</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>248</v>
+        <v>27</v>
       </c>
       <c r="D370" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E370" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F370" t="s">
-        <v>125</v>
+        <v>689</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1122</v>
+        <v>1207</v>
       </c>
       <c r="H370" t="s">
-        <v>1123</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1124</v>
+        <v>261</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>252</v>
+        <v>60</v>
       </c>
       <c r="D371" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E371" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F371" t="s">
-        <v>363</v>
+        <v>689</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1125</v>
+        <v>1209</v>
       </c>
       <c r="H371" t="s">
-        <v>1126</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1127</v>
+        <v>265</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>256</v>
+        <v>31</v>
       </c>
       <c r="D372" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E372" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F372" t="s">
-        <v>12</v>
+        <v>689</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1128</v>
+        <v>1211</v>
       </c>
       <c r="H372" t="s">
-        <v>1129</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1130</v>
+        <v>269</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>398</v>
+        <v>71</v>
       </c>
       <c r="D373" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E373" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F373" t="s">
-        <v>346</v>
+        <v>689</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1131</v>
+        <v>1213</v>
       </c>
       <c r="H373" t="s">
-        <v>1132</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1133</v>
+        <v>273</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>261</v>
+        <v>75</v>
       </c>
       <c r="D374" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E374" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F374" t="s">
-        <v>546</v>
+        <v>689</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1134</v>
+        <v>1215</v>
       </c>
       <c r="H374" t="s">
-        <v>1135</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1136</v>
+        <v>277</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>265</v>
+        <v>35</v>
       </c>
       <c r="D375" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E375" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F375" t="s">
-        <v>546</v>
+        <v>130</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1137</v>
+        <v>1217</v>
       </c>
       <c r="H375" t="s">
-        <v>1138</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1139</v>
+        <v>281</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>269</v>
+        <v>38</v>
       </c>
       <c r="D376" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E376" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F376" t="s">
-        <v>12</v>
+        <v>130</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1140</v>
+        <v>1219</v>
       </c>
       <c r="H376" t="s">
-        <v>1141</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1142</v>
+        <v>515</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>273</v>
+        <v>42</v>
       </c>
       <c r="D377" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E377" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F377" t="s">
-        <v>12</v>
+        <v>130</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1143</v>
+        <v>1221</v>
       </c>
       <c r="H377" t="s">
-        <v>1144</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1145</v>
+        <v>519</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>277</v>
+        <v>46</v>
       </c>
       <c r="D378" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E378" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F378" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1146</v>
+        <v>1223</v>
       </c>
       <c r="H378" t="s">
-        <v>1147</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1148</v>
+        <v>285</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>281</v>
+        <v>49</v>
       </c>
       <c r="D379" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E379" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F379" t="s">
-        <v>130</v>
+        <v>689</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1149</v>
+        <v>1225</v>
       </c>
       <c r="H379" t="s">
-        <v>1150</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1151</v>
+        <v>289</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>402</v>
+        <v>53</v>
       </c>
       <c r="D380" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E380" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F380" t="s">
-        <v>122</v>
+        <v>689</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1152</v>
+        <v>1227</v>
       </c>
       <c r="H380" t="s">
-        <v>1153</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1154</v>
+        <v>292</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>406</v>
+        <v>57</v>
       </c>
       <c r="D381" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E381" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F381" t="s">
-        <v>130</v>
+        <v>689</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1155</v>
+        <v>1229</v>
       </c>
       <c r="H381" t="s">
-        <v>1156</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1157</v>
+        <v>296</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>285</v>
+        <v>61</v>
       </c>
       <c r="D382" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E382" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F382" t="s">
-        <v>488</v>
+        <v>346</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1158</v>
+        <v>1231</v>
       </c>
       <c r="H382" t="s">
-        <v>1159</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1160</v>
+        <v>300</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>289</v>
+        <v>65</v>
       </c>
       <c r="D383" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E383" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F383" t="s">
-        <v>546</v>
+        <v>346</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1161</v>
+        <v>1233</v>
       </c>
       <c r="H383" t="s">
-        <v>1162</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1163</v>
+        <v>522</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>292</v>
+        <v>121</v>
       </c>
       <c r="D384" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E384" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F384" t="s">
         <v>130</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1164</v>
+        <v>1235</v>
       </c>
       <c r="H384" t="s">
-        <v>1165</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1166</v>
+        <v>304</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>296</v>
+        <v>68</v>
       </c>
       <c r="D385" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E385" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F385" t="s">
-        <v>257</v>
+        <v>130</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1167</v>
+        <v>1237</v>
       </c>
       <c r="H385" t="s">
-        <v>1168</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1169</v>
+        <v>526</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>300</v>
+        <v>72</v>
       </c>
       <c r="D386" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E386" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F386" t="s">
-        <v>130</v>
+        <v>689</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1170</v>
+        <v>1239</v>
       </c>
       <c r="H386" t="s">
-        <v>1171</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1172</v>
+        <v>308</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>409</v>
+        <v>76</v>
       </c>
       <c r="D387" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E387" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F387" t="s">
-        <v>122</v>
+        <v>631</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1173</v>
+        <v>1241</v>
       </c>
       <c r="H387" t="s">
-        <v>1174</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1175</v>
+        <v>312</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>304</v>
+        <v>80</v>
       </c>
       <c r="D388" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E388" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F388" t="s">
-        <v>346</v>
+        <v>631</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1176</v>
+        <v>1243</v>
       </c>
       <c r="H388" t="s">
-        <v>1177</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1178</v>
+        <v>315</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>413</v>
+        <v>84</v>
       </c>
       <c r="D389" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E389" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F389" t="s">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1179</v>
+        <v>1245</v>
       </c>
       <c r="H389" t="s">
-        <v>1180</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1181</v>
+        <v>318</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>308</v>
+        <v>52</v>
       </c>
       <c r="D390" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E390" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F390" t="s">
-        <v>130</v>
+        <v>12</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1182</v>
+        <v>1247</v>
       </c>
       <c r="H390" t="s">
-        <v>1183</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1184</v>
+        <v>321</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>312</v>
+        <v>112</v>
       </c>
       <c r="D391" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E391" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F391" t="s">
-        <v>130</v>
+        <v>689</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1185</v>
+        <v>1249</v>
       </c>
       <c r="H391" t="s">
-        <v>1186</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1187</v>
+        <v>325</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>315</v>
+        <v>88</v>
       </c>
       <c r="D392" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E392" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F392" t="s">
-        <v>546</v>
+        <v>580</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1188</v>
+        <v>1251</v>
       </c>
       <c r="H392" t="s">
-        <v>1189</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1190</v>
+        <v>329</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>318</v>
+        <v>92</v>
       </c>
       <c r="D393" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E393" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F393" t="s">
-        <v>130</v>
+        <v>363</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1191</v>
+        <v>1253</v>
       </c>
       <c r="H393" t="s">
-        <v>1192</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1193</v>
+        <v>333</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>321</v>
+        <v>96</v>
       </c>
       <c r="D394" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E394" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F394" t="s">
-        <v>12</v>
+        <v>122</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1194</v>
+        <v>1255</v>
       </c>
       <c r="H394" t="s">
-        <v>1195</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1196</v>
+        <v>337</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>325</v>
+        <v>100</v>
       </c>
       <c r="D395" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E395" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F395" t="s">
-        <v>12</v>
+        <v>122</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1197</v>
+        <v>1257</v>
       </c>
       <c r="H395" t="s">
-        <v>1198</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1199</v>
+        <v>341</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>329</v>
+        <v>105</v>
       </c>
       <c r="D396" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E396" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F396" t="s">
-        <v>12</v>
+        <v>346</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1200</v>
+        <v>1259</v>
       </c>
       <c r="H396" t="s">
-        <v>1201</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1202</v>
+        <v>345</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>333</v>
+        <v>109</v>
       </c>
       <c r="D397" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E397" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F397" t="s">
-        <v>607</v>
+        <v>257</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1203</v>
+        <v>1261</v>
       </c>
       <c r="H397" t="s">
-        <v>1204</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1205</v>
+        <v>350</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>337</v>
+        <v>113</v>
       </c>
       <c r="D398" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E398" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F398" t="s">
-        <v>457</v>
+        <v>125</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1206</v>
+        <v>1263</v>
       </c>
       <c r="H398" t="s">
-        <v>1207</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1208</v>
+        <v>354</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>341</v>
+        <v>115</v>
       </c>
       <c r="D399" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E399" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F399" t="s">
-        <v>457</v>
+        <v>130</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1209</v>
+        <v>1265</v>
       </c>
       <c r="H399" t="s">
-        <v>1210</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1211</v>
+        <v>358</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>345</v>
+        <v>118</v>
       </c>
       <c r="D400" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E400" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F400" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1212</v>
+        <v>1267</v>
       </c>
       <c r="H400" t="s">
-        <v>1213</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1214</v>
+        <v>362</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>350</v>
+        <v>64</v>
       </c>
       <c r="D401" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E401" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F401" t="s">
-        <v>12</v>
+        <v>101</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1215</v>
+        <v>1269</v>
       </c>
       <c r="H401" t="s">
-        <v>1216</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1217</v>
+        <v>367</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>354</v>
+        <v>41</v>
       </c>
       <c r="D402" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E402" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F402" t="s">
         <v>12</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1218</v>
+        <v>1271</v>
       </c>
       <c r="H402" t="s">
-        <v>1219</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1220</v>
+        <v>370</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>358</v>
+        <v>79</v>
       </c>
       <c r="D403" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E403" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F403" t="s">
-        <v>363</v>
+        <v>257</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1221</v>
+        <v>1273</v>
       </c>
       <c r="H403" t="s">
-        <v>1222</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1223</v>
+        <v>374</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>362</v>
+        <v>91</v>
       </c>
       <c r="D404" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E404" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F404" t="s">
-        <v>546</v>
+        <v>257</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1224</v>
+        <v>1275</v>
       </c>
       <c r="H404" t="s">
-        <v>1225</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1226</v>
+        <v>378</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>367</v>
+        <v>15</v>
       </c>
       <c r="D405" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E405" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F405" t="s">
-        <v>457</v>
+        <v>257</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1227</v>
+        <v>1277</v>
       </c>
       <c r="H405" t="s">
-        <v>1228</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1229</v>
+        <v>382</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>370</v>
+        <v>135</v>
       </c>
       <c r="D406" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E406" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F406" t="s">
-        <v>457</v>
+        <v>346</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1230</v>
+        <v>1279</v>
       </c>
       <c r="H406" t="s">
-        <v>1231</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1232</v>
+        <v>386</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>799</v>
+        <v>138</v>
       </c>
       <c r="D407" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E407" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F407" t="s">
-        <v>457</v>
+        <v>346</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1233</v>
+        <v>1281</v>
       </c>
       <c r="H407" t="s">
-        <v>1234</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1235</v>
+        <v>390</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>803</v>
+        <v>20</v>
       </c>
       <c r="D408" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E408" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F408" t="s">
         <v>346</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1236</v>
+        <v>1283</v>
       </c>
       <c r="H408" t="s">
-        <v>1237</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1238</v>
+        <v>394</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>807</v>
+        <v>145</v>
       </c>
       <c r="D409" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E409" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F409" t="s">
-        <v>12</v>
+        <v>346</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1239</v>
+        <v>1285</v>
       </c>
       <c r="H409" t="s">
-        <v>1240</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1241</v>
+        <v>397</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>811</v>
+        <v>108</v>
       </c>
       <c r="D410" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E410" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F410" t="s">
-        <v>130</v>
+        <v>363</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1242</v>
+        <v>1287</v>
       </c>
       <c r="H410" t="s">
-        <v>1243</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1244</v>
+        <v>400</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>815</v>
+        <v>104</v>
       </c>
       <c r="D411" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E411" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F411" t="s">
-        <v>457</v>
+        <v>363</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1245</v>
+        <v>1289</v>
       </c>
       <c r="H411" t="s">
-        <v>1246</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1247</v>
+        <v>529</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>819</v>
+        <v>83</v>
       </c>
       <c r="D412" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E412" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F412" t="s">
-        <v>12</v>
+        <v>689</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1248</v>
+        <v>1291</v>
       </c>
       <c r="H412" t="s">
-        <v>1249</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1250</v>
+        <v>969</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>823</v>
+        <v>30</v>
       </c>
       <c r="D413" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E413" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F413" t="s">
-        <v>12</v>
+        <v>689</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1251</v>
+        <v>1293</v>
       </c>
       <c r="H413" t="s">
-        <v>1252</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1253</v>
+        <v>404</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>827</v>
+        <v>160</v>
       </c>
       <c r="D414" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E414" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F414" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1254</v>
+        <v>1295</v>
       </c>
       <c r="H414" t="s">
-        <v>1255</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1256</v>
+        <v>408</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>831</v>
+        <v>34</v>
       </c>
       <c r="D415" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E415" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F415" t="s">
-        <v>122</v>
+        <v>580</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1257</v>
+        <v>1297</v>
       </c>
       <c r="H415" t="s">
-        <v>1258</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1259</v>
+        <v>411</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>835</v>
+        <v>166</v>
       </c>
       <c r="D416" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E416" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F416" t="s">
-        <v>363</v>
+        <v>122</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1260</v>
+        <v>1299</v>
       </c>
       <c r="H416" t="s">
-        <v>1261</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1262</v>
+        <v>415</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>840</v>
+        <v>170</v>
       </c>
       <c r="D417" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E417" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F417" t="s">
-        <v>346</v>
+        <v>122</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1263</v>
+        <v>1301</v>
       </c>
       <c r="H417" t="s">
-        <v>1264</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1265</v>
+        <v>418</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>844</v>
+        <v>95</v>
       </c>
       <c r="D418" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E418" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F418" t="s">
-        <v>346</v>
+        <v>122</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1266</v>
+        <v>1303</v>
       </c>
       <c r="H418" t="s">
-        <v>1267</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1268</v>
+        <v>422</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>848</v>
+        <v>176</v>
       </c>
       <c r="D419" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E419" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F419" t="s">
-        <v>546</v>
+        <v>122</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1269</v>
+        <v>1305</v>
       </c>
       <c r="H419" t="s">
-        <v>1270</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1271</v>
+        <v>426</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>852</v>
+        <v>180</v>
       </c>
       <c r="D420" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E420" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F420" t="s">
-        <v>836</v>
+        <v>122</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1272</v>
+        <v>1307</v>
       </c>
       <c r="H420" t="s">
-        <v>1273</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1274</v>
+        <v>430</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>856</v>
+        <v>99</v>
       </c>
       <c r="D421" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E421" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F421" t="s">
-        <v>346</v>
+        <v>631</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1275</v>
+        <v>1309</v>
       </c>
       <c r="H421" t="s">
-        <v>1276</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1277</v>
+        <v>433</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>860</v>
+        <v>186</v>
       </c>
       <c r="D422" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E422" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F422" t="s">
-        <v>346</v>
+        <v>12</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1278</v>
+        <v>1311</v>
       </c>
       <c r="H422" t="s">
-        <v>1279</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1280</v>
+        <v>437</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>864</v>
+        <v>190</v>
       </c>
       <c r="D423" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E423" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F423" t="s">
-        <v>346</v>
+        <v>12</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1281</v>
+        <v>1313</v>
       </c>
       <c r="H423" t="s">
-        <v>1282</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1283</v>
+        <v>440</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>868</v>
+        <v>194</v>
       </c>
       <c r="D424" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E424" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F424" t="s">
-        <v>257</v>
+        <v>101</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1284</v>
+        <v>1315</v>
       </c>
       <c r="H424" t="s">
-        <v>1285</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1286</v>
+        <v>533</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>872</v>
+        <v>198</v>
       </c>
       <c r="D425" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E425" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F425" t="s">
-        <v>122</v>
+        <v>631</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1287</v>
+        <v>1317</v>
       </c>
       <c r="H425" t="s">
-        <v>1288</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1289</v>
+        <v>444</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>876</v>
+        <v>201</v>
       </c>
       <c r="D426" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E426" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F426" t="s">
-        <v>363</v>
+        <v>257</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1290</v>
+        <v>1319</v>
       </c>
       <c r="H426" t="s">
-        <v>1291</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1292</v>
+        <v>537</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>880</v>
+        <v>159</v>
       </c>
       <c r="D427" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E427" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F427" t="s">
-        <v>12</v>
+        <v>580</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1293</v>
+        <v>1321</v>
       </c>
       <c r="H427" t="s">
-        <v>1294</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1295</v>
+        <v>448</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>884</v>
+        <v>162</v>
       </c>
       <c r="D428" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E428" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F428" t="s">
-        <v>12</v>
+        <v>580</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1296</v>
+        <v>1323</v>
       </c>
       <c r="H428" t="s">
-        <v>1297</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1298</v>
+        <v>452</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>888</v>
+        <v>165</v>
       </c>
       <c r="D429" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E429" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F429" t="s">
         <v>122</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1299</v>
+        <v>1325</v>
       </c>
       <c r="H429" t="s">
-        <v>1300</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1301</v>
+        <v>455</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>892</v>
+        <v>169</v>
       </c>
       <c r="D430" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E430" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F430" t="s">
         <v>122</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1302</v>
+        <v>1327</v>
       </c>
       <c r="H430" t="s">
-        <v>1303</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1304</v>
+        <v>459</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>896</v>
+        <v>172</v>
       </c>
       <c r="D431" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E431" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F431" t="s">
-        <v>122</v>
+        <v>631</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1305</v>
+        <v>1329</v>
       </c>
       <c r="H431" t="s">
-        <v>1306</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1307</v>
+        <v>463</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>900</v>
+        <v>175</v>
       </c>
       <c r="D432" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E432" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F432" t="s">
-        <v>836</v>
+        <v>631</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1308</v>
+        <v>1331</v>
       </c>
       <c r="H432" t="s">
-        <v>1309</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1310</v>
+        <v>467</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>1076</v>
+        <v>144</v>
       </c>
       <c r="D433" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E433" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F433" t="s">
-        <v>12</v>
+        <v>631</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1311</v>
+        <v>1333</v>
       </c>
       <c r="H433" t="s">
-        <v>1312</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1313</v>
+        <v>471</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>1079</v>
+        <v>153</v>
       </c>
       <c r="D434" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E434" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F434" t="s">
-        <v>546</v>
+        <v>12</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1314</v>
+        <v>1335</v>
       </c>
       <c r="H434" t="s">
-        <v>1315</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1316</v>
+        <v>475</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>1082</v>
+        <v>156</v>
       </c>
       <c r="D435" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E435" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F435" t="s">
-        <v>122</v>
+        <v>12</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1317</v>
+        <v>1337</v>
       </c>
       <c r="H435" t="s">
-        <v>1318</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1319</v>
+        <v>479</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>1085</v>
+        <v>151</v>
       </c>
       <c r="D436" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E436" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F436" t="s">
-        <v>125</v>
+        <v>12</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1320</v>
+        <v>1339</v>
       </c>
       <c r="H436" t="s">
-        <v>1321</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1322</v>
+        <v>483</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>1088</v>
+        <v>148</v>
       </c>
       <c r="D437" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E437" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F437" t="s">
-        <v>125</v>
+        <v>580</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1323</v>
+        <v>1341</v>
       </c>
       <c r="H437" t="s">
-        <v>1324</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1325</v>
+        <v>540</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>1091</v>
+        <v>141</v>
       </c>
       <c r="D438" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E438" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F438" t="s">
-        <v>122</v>
+        <v>689</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1326</v>
+        <v>1343</v>
       </c>
       <c r="H438" t="s">
-        <v>1327</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1328</v>
+        <v>1049</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>1094</v>
+        <v>239</v>
       </c>
       <c r="D439" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E439" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F439" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1329</v>
+        <v>1345</v>
       </c>
       <c r="H439" t="s">
-        <v>1330</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>1331</v>
+        <v>1053</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>1097</v>
+        <v>243</v>
       </c>
       <c r="D440" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E440" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F440" t="s">
-        <v>346</v>
+        <v>12</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1332</v>
+        <v>1347</v>
       </c>
       <c r="H440" t="s">
-        <v>1333</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1334</v>
+        <v>1057</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>1100</v>
+        <v>45</v>
       </c>
       <c r="D441" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E441" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F441" t="s">
-        <v>130</v>
+        <v>12</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1335</v>
+        <v>1349</v>
       </c>
       <c r="H441" t="s">
-        <v>1336</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>1337</v>
+        <v>1061</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>1103</v>
+        <v>179</v>
       </c>
       <c r="D442" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E442" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F442" t="s">
-        <v>457</v>
+        <v>12</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1338</v>
+        <v>1351</v>
       </c>
       <c r="H442" t="s">
-        <v>1339</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>1340</v>
+        <v>1065</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>1106</v>
+        <v>504</v>
       </c>
       <c r="D443" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E443" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F443" t="s">
-        <v>125</v>
+        <v>12</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1341</v>
+        <v>1353</v>
       </c>
       <c r="H443" t="s">
-        <v>1342</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1343</v>
+        <v>1069</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>1109</v>
+        <v>507</v>
       </c>
       <c r="D444" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E444" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F444" t="s">
-        <v>607</v>
+        <v>689</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1344</v>
+        <v>1355</v>
       </c>
       <c r="H444" t="s">
-        <v>1345</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1346</v>
+        <v>1073</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>1112</v>
+        <v>248</v>
       </c>
       <c r="D445" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E445" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F445" t="s">
-        <v>346</v>
+        <v>125</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1347</v>
+        <v>1357</v>
       </c>
       <c r="H445" t="s">
-        <v>1348</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1349</v>
+        <v>1077</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>1115</v>
+        <v>252</v>
       </c>
       <c r="D446" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E446" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F446" t="s">
-        <v>122</v>
+        <v>363</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1350</v>
+        <v>1359</v>
       </c>
       <c r="H446" t="s">
-        <v>1351</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1352</v>
+        <v>1081</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>1118</v>
+        <v>256</v>
       </c>
       <c r="D447" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E447" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F447" t="s">
         <v>12</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1353</v>
+        <v>1361</v>
       </c>
       <c r="H447" t="s">
-        <v>1354</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1355</v>
+        <v>1085</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>1121</v>
+        <v>511</v>
       </c>
       <c r="D448" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E448" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F448" t="s">
-        <v>12</v>
+        <v>346</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1356</v>
+        <v>1363</v>
       </c>
       <c r="H448" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1358</v>
+        <v>1089</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>1124</v>
+        <v>261</v>
       </c>
       <c r="D449" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E449" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F449" t="s">
-        <v>257</v>
+        <v>689</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1359</v>
+        <v>1365</v>
       </c>
       <c r="H449" t="s">
-        <v>1360</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1361</v>
+        <v>1093</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>1127</v>
+        <v>265</v>
       </c>
       <c r="D450" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E450" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F450" t="s">
-        <v>546</v>
+        <v>689</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1362</v>
+        <v>1367</v>
       </c>
       <c r="H450" t="s">
-        <v>1363</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1364</v>
+        <v>1097</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>1130</v>
+        <v>269</v>
       </c>
       <c r="D451" t="s">
-        <v>946</v>
+        <v>1197</v>
       </c>
       <c r="E451" t="s">
-        <v>947</v>
+        <v>1198</v>
       </c>
       <c r="F451" t="s">
-        <v>130</v>
+        <v>12</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="H451" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1367</v>
+        <v>1101</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>16</v>
+        <v>273</v>
       </c>
       <c r="D452" t="s">
-        <v>1368</v>
+        <v>1197</v>
       </c>
       <c r="E452" t="s">
-        <v>1369</v>
+        <v>1198</v>
       </c>
       <c r="F452" t="s">
         <v>12</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="H452" t="s">
-        <v>1371</v>
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>277</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E453" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F453" t="s">
+        <v>130</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>281</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E454" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F454" t="s">
+        <v>130</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>1375</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>515</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F455" t="s">
+        <v>122</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>1377</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>519</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F456" t="s">
+        <v>130</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>1379</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>285</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F457" t="s">
+        <v>631</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>289</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E458" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F458" t="s">
+        <v>689</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>1383</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>292</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F459" t="s">
+        <v>130</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>296</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E460" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F460" t="s">
+        <v>257</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>300</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E461" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F461" t="s">
+        <v>130</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>522</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E462" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F462" t="s">
+        <v>122</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>304</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F463" t="s">
+        <v>346</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>526</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E464" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F464" t="s">
+        <v>101</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>1396</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
+        <v>308</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E465" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F465" t="s">
+        <v>130</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>312</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F466" t="s">
+        <v>130</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1402</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>315</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F467" t="s">
+        <v>689</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>318</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F468" t="s">
+        <v>130</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1408</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>321</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F469" t="s">
+        <v>12</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1411</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>325</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F470" t="s">
+        <v>12</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1414</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>329</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E471" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F471" t="s">
+        <v>12</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>333</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F472" t="s">
+        <v>750</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1420</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>337</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E473" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F473" t="s">
+        <v>580</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>1423</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>341</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E474" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F474" t="s">
+        <v>580</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>345</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E475" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F475" t="s">
+        <v>122</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>350</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E476" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F476" t="s">
+        <v>12</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>354</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E477" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F477" t="s">
+        <v>12</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>358</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E478" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F478" t="s">
+        <v>363</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1438</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>362</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E479" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F479" t="s">
+        <v>689</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>367</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F480" t="s">
+        <v>580</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>370</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E481" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F481" t="s">
+        <v>580</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>374</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E482" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F482" t="s">
+        <v>580</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>378</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E483" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F483" t="s">
+        <v>346</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>382</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E484" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F484" t="s">
+        <v>12</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>386</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E485" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F485" t="s">
+        <v>130</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>390</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E486" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F486" t="s">
+        <v>580</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>394</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F487" t="s">
+        <v>12</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>397</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E488" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F488" t="s">
+        <v>12</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>400</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E489" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F489" t="s">
+        <v>122</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>529</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E490" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F490" t="s">
+        <v>122</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>969</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E491" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F491" t="s">
+        <v>363</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1477</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>404</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E492" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F492" t="s">
+        <v>346</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>408</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E493" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F493" t="s">
+        <v>346</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
+        <v>411</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E494" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F494" t="s">
+        <v>689</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1486</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>415</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E495" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F495" t="s">
+        <v>970</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
+        <v>418</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E496" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F496" t="s">
+        <v>346</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>1492</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B497" t="s">
+        <v>9</v>
+      </c>
+      <c r="C497" t="s">
+        <v>422</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E497" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F497" t="s">
+        <v>346</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="H497" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B498" t="s">
+        <v>9</v>
+      </c>
+      <c r="C498" t="s">
+        <v>426</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E498" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F498" t="s">
+        <v>346</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>1498</v>
+      </c>
+      <c r="H498" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B499" t="s">
+        <v>9</v>
+      </c>
+      <c r="C499" t="s">
+        <v>430</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E499" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F499" t="s">
+        <v>257</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="H499" t="s">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B500" t="s">
+        <v>9</v>
+      </c>
+      <c r="C500" t="s">
+        <v>433</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E500" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F500" t="s">
+        <v>122</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H500" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B501" t="s">
+        <v>9</v>
+      </c>
+      <c r="C501" t="s">
+        <v>437</v>
+      </c>
+      <c r="D501" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E501" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F501" t="s">
+        <v>363</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="H501" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B502" t="s">
+        <v>9</v>
+      </c>
+      <c r="C502" t="s">
+        <v>440</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E502" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F502" t="s">
+        <v>12</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>1510</v>
+      </c>
+      <c r="H502" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B503" t="s">
+        <v>9</v>
+      </c>
+      <c r="C503" t="s">
+        <v>533</v>
+      </c>
+      <c r="D503" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E503" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F503" t="s">
+        <v>12</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>1513</v>
+      </c>
+      <c r="H503" t="s">
+        <v>1514</v>
+      </c>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B504" t="s">
+        <v>9</v>
+      </c>
+      <c r="C504" t="s">
+        <v>444</v>
+      </c>
+      <c r="D504" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E504" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F504" t="s">
+        <v>122</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>1516</v>
+      </c>
+      <c r="H504" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B505" t="s">
+        <v>9</v>
+      </c>
+      <c r="C505" t="s">
+        <v>537</v>
+      </c>
+      <c r="D505" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E505" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F505" t="s">
+        <v>122</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="H505" t="s">
+        <v>1520</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B506" t="s">
+        <v>9</v>
+      </c>
+      <c r="C506" t="s">
+        <v>448</v>
+      </c>
+      <c r="D506" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E506" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F506" t="s">
+        <v>122</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>1522</v>
+      </c>
+      <c r="H506" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B507" t="s">
+        <v>9</v>
+      </c>
+      <c r="C507" t="s">
+        <v>452</v>
+      </c>
+      <c r="D507" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E507" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F507" t="s">
+        <v>970</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H507" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B508" t="s">
+        <v>9</v>
+      </c>
+      <c r="C508" t="s">
+        <v>455</v>
+      </c>
+      <c r="D508" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E508" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F508" t="s">
+        <v>12</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="H508" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B509" t="s">
+        <v>9</v>
+      </c>
+      <c r="C509" t="s">
+        <v>459</v>
+      </c>
+      <c r="D509" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E509" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F509" t="s">
+        <v>689</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="H509" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B510" t="s">
+        <v>9</v>
+      </c>
+      <c r="C510" t="s">
+        <v>463</v>
+      </c>
+      <c r="D510" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E510" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F510" t="s">
+        <v>122</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="H510" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B511" t="s">
+        <v>9</v>
+      </c>
+      <c r="C511" t="s">
+        <v>467</v>
+      </c>
+      <c r="D511" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E511" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F511" t="s">
+        <v>125</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="H511" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B512" t="s">
+        <v>9</v>
+      </c>
+      <c r="C512" t="s">
+        <v>471</v>
+      </c>
+      <c r="D512" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E512" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F512" t="s">
+        <v>125</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="H512" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B513" t="s">
+        <v>9</v>
+      </c>
+      <c r="C513" t="s">
+        <v>475</v>
+      </c>
+      <c r="D513" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E513" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F513" t="s">
+        <v>122</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="H513" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="514" spans="1:8">
+      <c r="A514" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B514" t="s">
+        <v>9</v>
+      </c>
+      <c r="C514" t="s">
+        <v>479</v>
+      </c>
+      <c r="D514" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E514" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F514" t="s">
+        <v>130</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="H514" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8">
+      <c r="A515" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B515" t="s">
+        <v>9</v>
+      </c>
+      <c r="C515" t="s">
+        <v>483</v>
+      </c>
+      <c r="D515" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E515" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F515" t="s">
+        <v>346</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H515" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B516" t="s">
+        <v>9</v>
+      </c>
+      <c r="C516" t="s">
+        <v>540</v>
+      </c>
+      <c r="D516" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E516" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F516" t="s">
+        <v>130</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="H516" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B517" t="s">
+        <v>9</v>
+      </c>
+      <c r="C517" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D517" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E517" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F517" t="s">
+        <v>580</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="H517" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B518" t="s">
+        <v>9</v>
+      </c>
+      <c r="C518" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D518" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E518" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F518" t="s">
+        <v>125</v>
+      </c>
+      <c r="G518" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="H518" t="s">
+        <v>1559</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B519" t="s">
+        <v>9</v>
+      </c>
+      <c r="C519" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D519" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E519" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F519" t="s">
+        <v>750</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>1561</v>
+      </c>
+      <c r="H519" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B520" t="s">
+        <v>9</v>
+      </c>
+      <c r="C520" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D520" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E520" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F520" t="s">
+        <v>346</v>
+      </c>
+      <c r="G520" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="H520" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B521" t="s">
+        <v>9</v>
+      </c>
+      <c r="C521" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D521" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E521" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F521" t="s">
+        <v>122</v>
+      </c>
+      <c r="G521" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="H521" t="s">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B522" t="s">
+        <v>9</v>
+      </c>
+      <c r="C522" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D522" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E522" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F522" t="s">
+        <v>12</v>
+      </c>
+      <c r="G522" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="H522" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B523" t="s">
+        <v>9</v>
+      </c>
+      <c r="C523" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D523" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E523" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F523" t="s">
+        <v>12</v>
+      </c>
+      <c r="G523" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="H523" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="524" spans="1:8">
+      <c r="A524" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B524" t="s">
+        <v>9</v>
+      </c>
+      <c r="C524" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D524" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E524" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F524" t="s">
+        <v>257</v>
+      </c>
+      <c r="G524" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="H524" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8">
+      <c r="A525" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B525" t="s">
+        <v>9</v>
+      </c>
+      <c r="C525" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D525" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E525" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F525" t="s">
+        <v>689</v>
+      </c>
+      <c r="G525" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="H525" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8">
+      <c r="A526" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B526" t="s">
+        <v>9</v>
+      </c>
+      <c r="C526" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D526" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E526" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F526" t="s">
+        <v>130</v>
+      </c>
+      <c r="G526" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="H526" t="s">
+        <v>1583</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8">
+      <c r="A527" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B527" t="s">
+        <v>9</v>
+      </c>
+      <c r="C527" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D527" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E527" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F527" t="s">
+        <v>122</v>
+      </c>
+      <c r="G527" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="H527" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D528" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E528" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F528" t="s">
+        <v>257</v>
+      </c>
+      <c r="G528" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1589</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B529" t="s">
+        <v>9</v>
+      </c>
+      <c r="C529" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D529" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E529" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F529" t="s">
+        <v>689</v>
+      </c>
+      <c r="G529" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8">
+      <c r="A530" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B530" t="s">
+        <v>9</v>
+      </c>
+      <c r="C530" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D530" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E530" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F530" t="s">
+        <v>130</v>
+      </c>
+      <c r="G530" s="1" t="s">
+        <v>1594</v>
+      </c>
+      <c r="H530" t="s">
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8">
+      <c r="A531" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D531" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E531" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F531" t="s">
+        <v>122</v>
+      </c>
+      <c r="G531" s="1" t="s">
+        <v>1597</v>
+      </c>
+      <c r="H531" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8">
+      <c r="A532" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B532" t="s">
+        <v>9</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D532" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E532" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F532" t="s">
+        <v>580</v>
+      </c>
+      <c r="G532" s="1" t="s">
+        <v>1600</v>
+      </c>
+      <c r="H532" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8">
+      <c r="A533" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B533" t="s">
+        <v>9</v>
+      </c>
+      <c r="C533" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D533" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E533" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F533" t="s">
+        <v>580</v>
+      </c>
+      <c r="G533" s="1" t="s">
+        <v>1603</v>
+      </c>
+      <c r="H533" t="s">
+        <v>1604</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8">
+      <c r="A534" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B534" t="s">
+        <v>9</v>
+      </c>
+      <c r="C534" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D534" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E534" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F534" t="s">
+        <v>580</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H534" t="s">
+        <v>1607</v>
+      </c>
+    </row>
+    <row r="535" spans="1:8">
+      <c r="A535" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B535" t="s">
+        <v>9</v>
+      </c>
+      <c r="C535" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D535" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E535" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F535" t="s">
+        <v>580</v>
+      </c>
+      <c r="G535" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="H535" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="536" spans="1:8">
+      <c r="A536" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B536" t="s">
+        <v>9</v>
+      </c>
+      <c r="C536" t="s">
+        <v>16</v>
+      </c>
+      <c r="D536" t="s">
+        <v>1612</v>
+      </c>
+      <c r="E536" t="s">
+        <v>1613</v>
+      </c>
+      <c r="F536" t="s">
+        <v>12</v>
+      </c>
+      <c r="G536" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="H536" t="s">
+        <v>1615</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8">
+      <c r="A537" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B537" t="s">
+        <v>9</v>
+      </c>
+      <c r="C537" t="s">
+        <v>27</v>
+      </c>
+      <c r="D537" t="s">
+        <v>1612</v>
+      </c>
+      <c r="E537" t="s">
+        <v>1613</v>
+      </c>
+      <c r="F537" t="s">
+        <v>12</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="H537" t="s">
+        <v>1618</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -16771,50 +19727,135 @@
     <hyperlink ref="G428" r:id="rId427"/>
     <hyperlink ref="G429" r:id="rId428"/>
     <hyperlink ref="G430" r:id="rId429"/>
     <hyperlink ref="G431" r:id="rId430"/>
     <hyperlink ref="G432" r:id="rId431"/>
     <hyperlink ref="G433" r:id="rId432"/>
     <hyperlink ref="G434" r:id="rId433"/>
     <hyperlink ref="G435" r:id="rId434"/>
     <hyperlink ref="G436" r:id="rId435"/>
     <hyperlink ref="G437" r:id="rId436"/>
     <hyperlink ref="G438" r:id="rId437"/>
     <hyperlink ref="G439" r:id="rId438"/>
     <hyperlink ref="G440" r:id="rId439"/>
     <hyperlink ref="G441" r:id="rId440"/>
     <hyperlink ref="G442" r:id="rId441"/>
     <hyperlink ref="G443" r:id="rId442"/>
     <hyperlink ref="G444" r:id="rId443"/>
     <hyperlink ref="G445" r:id="rId444"/>
     <hyperlink ref="G446" r:id="rId445"/>
     <hyperlink ref="G447" r:id="rId446"/>
     <hyperlink ref="G448" r:id="rId447"/>
     <hyperlink ref="G449" r:id="rId448"/>
     <hyperlink ref="G450" r:id="rId449"/>
     <hyperlink ref="G451" r:id="rId450"/>
     <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
+    <hyperlink ref="G498" r:id="rId497"/>
+    <hyperlink ref="G499" r:id="rId498"/>
+    <hyperlink ref="G500" r:id="rId499"/>
+    <hyperlink ref="G501" r:id="rId500"/>
+    <hyperlink ref="G502" r:id="rId501"/>
+    <hyperlink ref="G503" r:id="rId502"/>
+    <hyperlink ref="G504" r:id="rId503"/>
+    <hyperlink ref="G505" r:id="rId504"/>
+    <hyperlink ref="G506" r:id="rId505"/>
+    <hyperlink ref="G507" r:id="rId506"/>
+    <hyperlink ref="G508" r:id="rId507"/>
+    <hyperlink ref="G509" r:id="rId508"/>
+    <hyperlink ref="G510" r:id="rId509"/>
+    <hyperlink ref="G511" r:id="rId510"/>
+    <hyperlink ref="G512" r:id="rId511"/>
+    <hyperlink ref="G513" r:id="rId512"/>
+    <hyperlink ref="G514" r:id="rId513"/>
+    <hyperlink ref="G515" r:id="rId514"/>
+    <hyperlink ref="G516" r:id="rId515"/>
+    <hyperlink ref="G517" r:id="rId516"/>
+    <hyperlink ref="G518" r:id="rId517"/>
+    <hyperlink ref="G519" r:id="rId518"/>
+    <hyperlink ref="G520" r:id="rId519"/>
+    <hyperlink ref="G521" r:id="rId520"/>
+    <hyperlink ref="G522" r:id="rId521"/>
+    <hyperlink ref="G523" r:id="rId522"/>
+    <hyperlink ref="G524" r:id="rId523"/>
+    <hyperlink ref="G525" r:id="rId524"/>
+    <hyperlink ref="G526" r:id="rId525"/>
+    <hyperlink ref="G527" r:id="rId526"/>
+    <hyperlink ref="G528" r:id="rId527"/>
+    <hyperlink ref="G529" r:id="rId528"/>
+    <hyperlink ref="G530" r:id="rId529"/>
+    <hyperlink ref="G531" r:id="rId530"/>
+    <hyperlink ref="G532" r:id="rId531"/>
+    <hyperlink ref="G533" r:id="rId532"/>
+    <hyperlink ref="G534" r:id="rId533"/>
+    <hyperlink ref="G535" r:id="rId534"/>
+    <hyperlink ref="G536" r:id="rId535"/>
+    <hyperlink ref="G537" r:id="rId536"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>