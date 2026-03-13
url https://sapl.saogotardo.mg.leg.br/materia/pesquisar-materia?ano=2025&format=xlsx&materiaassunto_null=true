--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -51,4961 +51,4961 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>FERNANDO ALBUQUERQUE</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_lei_01-2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_lei_01-2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O MÊS DE ABRIL COMO O "MÊS MUNICIPAL DE CONSCIENTIZAÇÃO DO AUTISMO" NO CALENDÁRIO MUNICIPAL OFICIAL E ESTABELECE DIRETRIZES PARA A PROMOÇÃO DA CONSCIENTIZAÇÃO SOBRE O TRANSTORNO DO ESPECTRO AUTISTA (TEA).</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Makoto Sekita</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/40/projeto02_20250624_172541.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/40/projeto02_20250624_172541.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI MUNICIPAL 2821, DE 26 DE DEZEMBRO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/43/projeto03_20250624_172943.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/43/projeto03_20250624_172943.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERAVIT FINANCEIRO NO ORÇAMENTO VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_04_de_03_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_04_de_03_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 4º DA LEI MUNICIPAL N.º 2.253, DE 10 DE NOVEMBRO DE 2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_05_de_03_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_05_de_03_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 5º DA LEI MUNICIPAL Nº 2382, DE 11 DE DEZEMBRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/48/projeto07_20250623_174119.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/48/projeto07_20250623_174119.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMUNERAÇÃO DOS PROFISSIONAIS DA ADMINISTRAÇÃO E DO QUADRO DO MAGISTÉRIO DO PODER EXECUTIVO DE SÃO GOTARDO, AUTORIZA A RECOMPOSIÇÃO SALARIAL E REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES ATIVOS, INATIVOS E PENSIONISTAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/50/projeto10_20250624_123233.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/50/projeto10_20250624_123233.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA "SÃO GOTARDO EM BOAS MÃOS" QUE TRATA DE ADOÇÃO DE EQUIPAMENTOS PÚBLICOS, PRAÇAS ESPORTIVAS E ÁREAS VERDES NO MUNICÍPIO DE SÃO GOTARDO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/4/projeto11_20250624_124412.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/4/projeto11_20250624_124412.pdf</t>
   </si>
   <si>
     <t>APROVA E RATIFICA O PROTOCOLO DE INTENÇÕES, O CONTRATO DE CONSÓRCIO PÚBLICO E O ESTATUTO SOCIAL DO CONSÓRCIO INTERFEDERATIVO MINAS GERAIS- CIMINAS, AUTORIZANDO O INGRESSO DO MUNICÍPIO DE SÃO GOTARDO, ESTADO DE MINAS GERAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/37/projeto12_20250624_125250.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/37/projeto12_20250624_125250.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS 2025, AUTORIZA A CONCESSÃO DE ANISTIA DE MULTA, REMISSÃO DE JUROS NO MUNICÍPIO DE SÃO GOTARDO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/76/projeto13.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/76/projeto13.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REFORMA DA ORGANIZAÇÃO ADMINISTRATIVA DA ADMINISTRAÇÃO DIRETA DO EXECUTIVO MUNICIPAL DE SÃO GOTARDO</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_14_de_21_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_14_de_21_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO SUSTENTÁVEL E SECRETARIA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_15-2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_15-2025.pdf</t>
   </si>
   <si>
     <t>ESTABELECE DIRETRIZES MUNICIPAIS PARA A PRESTAÇÃO DO SERVIÇO DE MANEJO DE RESÍDUOS SÓLIDOS URBANOS, POR MEIO DE GESTÃO ASSOCIADA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/370/projeto16_20250905_143238.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/370/projeto16_20250905_143238.pdf</t>
   </si>
   <si>
     <t>Consolida a Legislação que dispõe sobre os direitos das pessoas com doença renal crônica equiparando-as aos demais deficientes, enquadrando-os no conceito estabelecido pela Lei nº 13.465, de 12 de janeiro de 2000 do Estado de Minas Gerais. Assegura ainda todos os direitos e benefícios previstos na Constituição do Estado e na legislação estadual para a pessoa com deficiência.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_lei_17_de_27_de_fevereiro_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_lei_17_de_27_de_fevereiro_de_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS VIAGENS OFICIAIS E A CONCESSÃO DE DIÁRIAS AOS SERVIDORES PÚBLICOS E AGENTES POLÍTICOS DO PODER EXECUTIVO MUNICIPAL, FIXA SEUS VALORES E A FORMA DE PRESTAR CONTAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/36/projeto18_20250624_131526.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/36/projeto18_20250624_131526.pdf</t>
   </si>
   <si>
     <t>CRIA O SERVIÇO DE INSPEÇÃO MUNICIPAL DE PRODUTOS DE ORIGEM VEGETAL - SIM POV, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_20_de_17_de_marco_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_20_de_17_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÃO SOCIAL E CONTRIBUIÇÕES CONFORME O CASO ÀS ENTIDADES QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_21_de_17_de_marco_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_21_de_17_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÃO SOCIAL E CONTRIBUIÇÕES RELATIVAS ÀS EMENDAS IMPOSITIVAS ÀS ENTIDADES QUE MENCIONA E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_22_de_19_de_marco_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_22_de_19_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/38/projeto23_20250624_133327.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/38/projeto23_20250624_133327.pdf</t>
   </si>
   <si>
     <t>ESTABELECE LARGURA MINIMA A SER OBSERVADA NAS ESTRADAS RURAIS DO MUNICÍPIO DE SÃO GOTARDO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>RENÊ DA FARMÁCIA, MARCOS PAULO MARCÃO</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/</t>
   </si>
   <si>
     <t>INSTITUI O DIA DO NORDESTINO NO MUNICÍPIO DE SÃO GOTARDO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_27_de_28_de_marco_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_27_de_28_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVIT FINANCEIRO NO ORÇAMENTO VIGENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/39/projeto28_20250624_133927.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/39/projeto28_20250624_133927.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/53/projeto29_20250624_163430.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/53/projeto29_20250624_163430.pdf</t>
   </si>
   <si>
     <t>Consolida a Legislação que dispõe sobre os direitos das pessoas autistas equiparando-as aos demais deficientes, enquadrando-os no conceito estabelecido pela Lei 13.146/2015. Assegura ainda todos os direitos e benefícios previstos na Constituição do Estado e na Legislação Estadual para a pessoa com deficiência, e dá outras providências.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>SARGENTO MADEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/56/projeto30_20250624_171929.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/56/projeto30_20250624_171929.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a vedação do uso de recursos públicos para financiamento de eventos, shows ou quaisquer ações culturais que façam apologia ao crime e ainda sobre a proibição do uso de músicas com palavras de baixo calão e letras que estimulem a prática crime, apologia ao sexo ou uso de drogas nas instituições municipais de ensino no município de São Gotardo e dá outras providências.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/46/projeto31_20250624_134412.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/46/projeto31_20250624_134412.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÃO SOCIAL E CONTRIBUIÇÕES RELATIVAS ÀS EMENDAS IMPOSITIVAS ÀS ENTIDADES QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/45/projeto32_20250624_173512.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/45/projeto32_20250624_173512.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 1º E DO INCISO 1º DO ART. 2º DA LEI MUNICIPAL Nº 2828, DE 07 DE MARÇO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_33-2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_33-2025.pdf</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_34-2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_34-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE SÃO GOTARDO PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_35-2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_35-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ASSINATURA DE TERMO DE PARCERIA, COM REPASSE DE CONTRIBUIÇÃO E/OU SUBVENÇÃO À ENTIDADE QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>MARCOS PAULO MARCÃO</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_36-2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_36-2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE APOIO A SAÚDE MENTAL NAS ESCOLAS PÚBLICAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>MÁRCIA ZUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_37-2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_37-2025.pdf</t>
   </si>
   <si>
     <t>PROÍBE, NO ÂMBITO DO MUNICÍPIO DE SÃO GOTARDO/MG, O USO DE ELEVADORES E RESTRINGE, NOS TERMOS EM QUE ESPECIFICA A LIVRE CIRCULAÇÃO EM ÁREAS COMUNS, DE CRIANÇAS DESACOMPANHADAS DE PESSOA MAIOR DE 18 (DEZOITO) ANOS, NOS MOLDES DA ABNT/NBR 16858-1, DE 2021.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_38-2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_38-2025.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE SÃO GOTARDO/MG, A SEMANA DA MATERNIDADE ATÍPICA, A SER COMEMORADA NA TERCEIRA SEMANA DE MAIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>WALDEMÁRIO FRANÇA</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/22/projeto_de_lei_39-2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/22/projeto_de_lei_39-2025.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A DESIGNAÇÃO PRELIMINAR DE NOMENCLATURA PARA VIAS PÚBLICAS EM FASE DE LOTEAMENTO NO MUNICÍPIO DE SÃO GOTARDO.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/23/projeto_de_lei_40-2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/23/projeto_de_lei_40-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE SISTEMA ÚNICO DE CADASTRO PARA DOAÇÃO DE SOBRAS DE MATERIAIS DE CONSTRUÇÃO ORIUNDOS DE CONSTRUTORAS E OBRAS PARTICULARES PARA EDIFICAÇÕES DE MORADIAS PARA A POPULAÇÃO CARENTE.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/33/projeto_de_lei_ordinaria_no_41_de_05_de_maio_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/33/projeto_de_lei_ordinaria_no_41_de_05_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÃO SOCIAL CONFORME O CASO À ENTIDADE QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/34/projeto_de_lei_ordinaria_no_42_de_05_de_maio_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/34/projeto_de_lei_ordinaria_no_42_de_05_de_maio_de_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE AGRICULTURA E MEIO AMBIENTE E SECRETARIA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/73/projeto43_20250701_142201.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/73/projeto43_20250701_142201.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE SAÚDE E SECRETARIA MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/68/projeto44_20250627_164939.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/68/projeto44_20250627_164939.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA COM DEFICIÊNCIA, ESTABELECE A POLÍTICA MUNICIPAL DA PESSOA COM DEFICIÊNCIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/72/projeto45_20250701_142004.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/72/projeto45_20250701_142004.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ASSINATURA DE TERMO DE PARCERIA, COM REPASSE DE CONTRIBUIÇÃO À ENTIDADE QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/71/projeto46_20250701_141806.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/71/projeto46_20250701_141806.pdf</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/69/projeto47_20250627_165514.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/69/projeto47_20250627_165514.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O DISPOSTO NO §19 DO ART. 85, DA LEI N° 13.105/15 (CÓDIGO PROCESSO CIVIL) QUE TRATA DOS HONORÁRIOS ADVOCATÍCIOS ORIUNDOS DO PRINCÍPIO DA SUCUMBÊNCIA, POR ARBITRAMENTO, ACORDO JUDICIAL E/OU EXTRAJUDICIAL, AS AÇÕES, CAUSAS E PROCEDIMENTOS EM QUE O MUNICÍPIO DE SÃO GOTARDO FOR REPRESENTADO POR SUA PROCURADORIA OU POR SEUS ADVOGADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/70/projeto48_20250627_163917.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/70/projeto48_20250627_163917.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O LIVRE FUNCIONAMENTO DE FARMÁCIAS E DROGARIAS NO MUNICÍPIO DE SÃO GOTARDO/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/62/projeto49_20250627_164648.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/62/projeto49_20250627_164648.pdf</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/63/projeto50_20250627_164239.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/63/projeto50_20250627_164239.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ASSINATURA DE TERMO DE COOPERAÇÃO, COM OBJETIVO DE MUNICIPALIZAÇÃO DE ALUNOS DOS ANOS INICIAIS DO ENSINO FUNDAMENTAL NAS ESCOLAS ESTADUAIS AFONSO PENA E CORONEL SINFRÔNIO BAÍA, POR MEIO DE COOPERAÇÃO FEDERATIVA COM O ESTADO DE MINAS GERAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/64/projeto51_20250627_165841.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/64/projeto51_20250627_165841.pdf</t>
   </si>
   <si>
     <t>INSTITUI O QUADRO DE ESTAGIÁRIOS DE PÓSGRADUAÇÃO NO ÂMBITO DA ADMINISTRAÇÃO MUNICIPAL DE SÃO GOTARDO, FIXA A RESPECTIVA BOLSA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/65/projeto52_20250627_170011.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/65/projeto52_20250627_170011.pdf</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/66/projeto53_20250627_170118.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/66/projeto53_20250627_170118.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR N° 239 DE 08 DE ABRIL DE 2024, QUE "DISPÕE SOBRE O ESTATUTО DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE SÃO GOTARDO, DE SUAS AUTARQUIAS E FUNDAÇÕES PÚBLICAS.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/67/projeto54_20250627_170419.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/67/projeto54_20250627_170419.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a leitura bíblica como recurso paradidático nas escolas públicas e particulares do Município de São Gotardo/MG.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/77/projeto55_20250703_135824.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/77/projeto55_20250703_135824.pdf</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/281/projeto56_20250716_174500.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/281/projeto56_20250716_174500.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE TERRENO DE PROPRIEDADE DO MUNICÍPIO DE SÃO GOTARDO/MG PARA A COMPANHIA DE SANEAMENTO DE MINAS GERAIS -COPASA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/282/projeto57_20250729_172226.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/282/projeto57_20250729_172226.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA O MUNICÍPIO DE SÃO GOTARDO/MG RECEBER POR DOAÇÃO UMA GLEBA URBANA DESTINADA À IMPLANTAÇÃO DE VIA PÚBLICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/283/projeto58_20250729_172014.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/283/projeto58_20250729_172014.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXPANSÃO DO PERÍMETRO URBANO DE SÃO GOTARDO, EM ACRÉSCIMO ÀS DEMARCAÇÕES QUE SÃO CONSIGNADAS PELA LEI MUNICIPAL 47/1974 DE 28/11/1974, NA LEI MUNICIPAL 1368/1998 DE 17/12/1998, NA LEI MUNICIPAL 1951/2012 DE 20/12/2012, NA LEI MUNICIPAL_x000D_
 2123/2015 DE 03/11/15, NA LEI MUNICIPAL 2410/2020, DE 12/02/2020, NA LEI MUNICIPAL 2439/2020 DE 22/06/2020 E NA LEI MUNICIPAL 2680/2023 DE 26/07/2023 E, DÁ AS PROVIDÊNCIAS COMPLEMENTARES DA ESPÉCIE.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/284/projeto59_20250729_171030.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/284/projeto59_20250729_171030.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE USO DE TERRENO DE PROPRIEDADE DO MUNICÍPIO DE SÃO GOTARDO/MG PARA A COMPANHIA DE SANEAMENTO DE MINAS GERAIS - COPASA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/285/projeto60_20250729_170819.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/285/projeto60_20250729_170819.pdf</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/286/projeto61_20250806_133706.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/286/projeto61_20250806_133706.pdf</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/287/projeto62_20250806_133924.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/287/projeto62_20250806_133924.pdf</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/288/projeto63_20250806_134122.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/288/projeto63_20250806_134122.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RESPONSABILIDADE POR VALORES E PONTOS REFERENTES ÀS MULTAS DE TRÂNSITO DECORRENTES DE INFRAÇÕES COMETIDAS POR_x000D_
 SERVIDORES PÚBLICOS DA ADMINISTRAÇÃO DIRETA E INDIRETA DO MUNICÍPIO DE SÃO GOTARDO NA CONDUÇÃO DE VEÍCULOS OFICIAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/289/projeto64_20250806_134259.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/289/projeto64_20250806_134259.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a substituição de sirenes e campainhas por alertas musicais adequados nas escolas da rede pública no âmbito da cidade São Gotardo/Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/290/projeto65_20250806_134415.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/290/projeto65_20250806_134415.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E SECRETARIA MUNICIPAL DE OBRAS PUBLICAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/291/projeto66_20250806_134601.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/291/projeto66_20250806_134601.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE OBRAS PÚBLICAS E SECRETARIA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/320/projeto67_20250813_130327.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/320/projeto67_20250813_130327.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SÃO GOTARDO/MG A ADQUIRIR IMÓVEIS URBANOS DESTINADOS À CONSTRUÇÃO DE UNIDADE DE EDUCAÇÃO INFANTIL (CRECHE) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/321/projeto68_20250813_130050.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/321/projeto68_20250813_130050.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REEMBOLSO DE PEQUENAS DESPESAS NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE SÃO GOTARDO/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/322/projeto69_20250813_125728.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/322/projeto69_20250813_125728.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER PREMIAÇÃO EM DINHEIRO PARA CAMPEONATOS, TORNEIOS E CONCURSOS REALIZADOS PELO MUNICÍPIO DE SÃO GOTARDO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/323/projeto70_20250813_125533.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/323/projeto70_20250813_125533.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE AUXÍLIO FINANCEIRO A ATLETAS, AGENTES CULTURAIS, ESTUDANTES E EQUIPES QUE REPRESENTEM O MUNICÍPIO DE SÃO GOTARDO EM EVENTOS ESPORTIVOS, ARTÍSTICOS, CULTURAIS E EDUCACIONAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/324/projeto71_20250813_125234.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/324/projeto71_20250813_125234.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO SOCIAL E SECRETARIA MUNICIPAL DE DESENVOLVIMENTO URBANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/325/projeto72_20250820_133309.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/325/projeto72_20250820_133309.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EМ FAVOR DA SECRETARIA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/326/projeto73_20250820_133204.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/326/projeto73_20250820_133204.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/327/projeto74_20250820_141952.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/327/projeto74_20250820_141952.pdf</t>
   </si>
   <si>
     <t>Proíbe a comercialização, o armazenamento, o manuseio e a soltura de fogos de artifício de estampido e de quaisquer artefatos pirotécnicos de efeito sonoro ruidoso no Município de São Gotardo, e dá outras providências.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/347/projeto75_20250903_131937.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/347/projeto75_20250903_131937.pdf</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/349/projeto77_20250903_131450.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/349/projeto77_20250903_131450.pdf</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/352/projeto80_20250903_130719.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/352/projeto80_20250903_130719.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA CÂMARA MUNICIAPAL DE SÃO GOTARDO E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/371/projeto81_20250905_151634.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/371/projeto81_20250905_151634.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE CULTURA, ESPORTE E TURISMO.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>RITHELLE SILVA</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/377/projeto82_20250917_124706.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/377/projeto82_20250917_124706.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal "São Gotardo Conectada", que dispõe sobre a disponibilização de acesso gratuito à internet, por meio de rede sem fio (Wi-Fi), em praças, parques e outros logradouros públicos no Município de São Gotardo e seus distritos, e dá outras providências.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/385/projeto84_merged.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/385/projeto84_merged.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ORÇAMENTO ANUAL DO MUNICÍPIO DE SÃO GOTARDO PARA O EXERCÍCIO FINANCEIRO DE 2026 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/386/projeto85_merged.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/386/projeto85_merged.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DE AÇÕES - PРА – PARA O QUADRIÊNIO 2026-2029.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/383/projeto86_20250917_131833.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/383/projeto86_20250917_131833.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXPANSÃO DO PERÍMETRO URBANO DE SÃO GOTARDO, EM ACRÉSCIMO ÀS DEMARCAÇÕES QUE SÃO CONSIGNADAS PELA LEI MUNICIPAL 47/1974 DE 28/11/1974, NA LEI MUNICIPAL 1368/1998 DE 17/12/1998, NA LEI MUNICIPAL 1951/2012 DE 20/12/2012, NA LEI MUNICIPAL_x000D_
 2123/2015 DE 03/11/15, NA LEI MUNICIPAL 2410/2020 DE 12/02/2020, NA LEI MUNICIPAL 2439/2020 DE 22/06/2020, NA LEI MUNICIPAL 2680/2023 DE 26/07/2023, NA LEI MUNICIPAL 2869/2025 DE 05/09/2025 E NA LEI MUNICIPAL 2870/2025 DE 05/09/2025 E, DÁ AS PROVIDÊNCIAS COMPLEMENTARES DA ESPÉCIE.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/382/projeto87_20250917_131713.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/382/projeto87_20250917_131713.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXPANSÃO DO PERÍMETRO URBANO DE SÃO GOTARDO, EM ACRÉSCIMO ÀS DEMARCAÇÕES QUE SÃO CONSIGNADAS PELA LEI MUNICIPAL 47/1974 DE 28/11/1974, NA LEI MUNICIPAL 1368/1998 DE 17/12/1998, NA LEI MUNICIPAL 1951/2012 DE 20/12/2012, NA LEI MUNICIPAL 2123/2015 DE 03/11/15, NA LEI MUNICIPAL 2410/2020 DE 12/02/2020, NA LEI MUNICIPAL 2439/2020 DE 22/06/2020, NA LEI MUNICIPAL 2680/2023 DE 26/07/2023, NA LEI MUNICIPAL 2869/2025 DE 05/09/2025 E NA LEI MUNICIPAL 2870/2025 DE 05/09/2025 E, DÁ AS PROVIDÊNCIAS COMPLEMENTARES DA ESPÉCIE.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/381/projeto88_20250917_135931.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/381/projeto88_20250917_135931.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE CULTURA, ESPORTE E TURISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/380/projeto89_20250917_131327.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/380/projeto89_20250917_131327.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO URBANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/376/projeto92_20250917_130801.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/376/projeto92_20250917_130801.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR АО ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/375/projeto93_20250917_130704.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/375/projeto93_20250917_130704.pdf</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/374/projeto94_20250917_130543.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/374/projeto94_20250917_130543.pdf</t>
   </si>
   <si>
     <t>Institui a "Semana de Educação Cívica" no Calendário Oficial do Município de São Gotardo e dá outras providências.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/373/projeto95_20250917_123828.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/373/projeto95_20250917_123828.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública o Rotary Club de São Gotardo CNPJ nº. 01.313.896/0001-21, e dá outras providências.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/410/projeto96_20251015_135933.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/410/projeto96_20251015_135933.pdf</t>
   </si>
   <si>
     <t>Institui O Mês "Fevereiro Roxo" no calendário oficial do Município de São Gotardo, dedicado à conscientização sobre a Fibromialgia, denominada "Lei Mônica de Oliveira", e dá outras providências.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/412/projeto98_20251015_141149.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/412/projeto98_20251015_141149.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal da Pessoa com Deficiência no Município de São Gotardo e dá outras providências.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/417/projeto100_20251017_163334-1-5.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/417/projeto100_20251017_163334-1-5.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXPANSÃO DO PERÍMETRO URBANO DE SÃO GOTARDO, EM ACRÉSCIMO ÀS DEMARCAÇÕES QUE SÃO CONSIGNADAS PELA LEI MUNICIPAL 47/1974 DE 28/11/1974, NA LEI MUNICIPAL 1368/1998 DE 17/12/1998, NA LEI MUNICIPAL 1951/2012 DE 20/12/2012, NA LEI MUNICIPAL_x000D_
 2123/2015 DE 03/11/15, NA LEI MUNICIPAL 2410/2020 DЕ 12/02/2020, NA LEI MUNICIPAL 2439/2020 DE 22/06/2020, NA LEI MUNICIPAL 2680/2023 DE 26/07/2023, NA LEI MUNICIPAL 2869/2025 DE 05/09/2025 E NA LEI MUNICIPAL 2870/2025 DE 05/09/2025 E, DÁ AS PROVIDÊNCIAS COMPLEMENTARES_x000D_
 DA ESPÉCIE.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/436/projeto101_20251028_124138.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/436/projeto101_20251028_124138.pdf</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/437/projeto102_20251028_124812.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/437/projeto102_20251028_124812.pdf</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/438/projeto103_20251028_124954.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/438/projeto103_20251028_124954.pdf</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/439/projeto104_20251028_124658.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/439/projeto104_20251028_124658.pdf</t>
   </si>
   <si>
     <t>Institui o Banco de Ideias Legislativas no âmbito da Câmara Municipal de São Gotardo, para incentivar a participação popular e o engajamento dos cidadãos nas proposições legislativas, e dá outras providências.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/440/projeto105_20251028_124538.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/440/projeto105_20251028_124538.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição do emprego do fogo e da práticа de queimadas nas zonas urbana e rural do Município de São Gotardo, estabelece penalidades, derroga a Deliberação Normativa 001 de 01 de Setembro de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/441/projeto106_20251028_123916.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/441/projeto106_20251028_123916.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o ordenamento da infraestrutura de fiação aérea instalada em postes no Município de São Gotardo e dá outras providências.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/442/projeto107_20251028_124023.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/442/projeto107_20251028_124023.pdf</t>
   </si>
   <si>
     <t>Institui o Dia do Alho Brasileiro no município de São Gotardo.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/443/projeto108_20251028_123411.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/443/projeto108_20251028_123411.pdf</t>
   </si>
   <si>
     <t>Institui o "Selo Bairro Sustentável" no Município de São Gotardo e dá outras providências.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/444/projeto109_20251028_123629.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/444/projeto109_20251028_123629.pdf</t>
   </si>
   <si>
     <t>Institui o Programa "Transparência Cidadã nos Bairros" no âmbito do Município de São Gotardo e dá outras providências.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>TICUMCUM SILVÉRIO</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/445/projeto110_20251028_123733.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/445/projeto110_20251028_123733.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a vedação do uso de bonecos e objetos similares para a obtenção de atendimento prioritário, institui o Protocolo Municipal de_x000D_
 Acolhimento Humanizado em Saúde Mental como resposta de cuidado, e dá outras providências.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/448/projeto111_20251028_123241.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/448/projeto111_20251028_123241.pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal da Pessoa com Deficiência Intelectual e Múltipla no Município de São Gotardo e dá outras providências.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/449/projeto112_20251028_123118.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/449/projeto112_20251028_123118.pdf</t>
   </si>
   <si>
     <t>Institui e inclui no calendário oficial do Município de São Gotardo MG o Dia da Bíblia.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/450/projeto113_20251028_124324.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/450/projeto113_20251028_124324.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o controle populacional, o registro, a posse, a criação e a circulação de cães das raças Pitbull, Rottweiler, Dobermann, Fila Brasileiro e de outras raças potencialmente perigosas no âmbito do Município de São Gotardo, e dá outras providências.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>ROBERTINHO DA GARAGEM</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/451/projeto114_20251028_122938.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/451/projeto114_20251028_122938.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o horário de funcionamento das farmácias e drogarias no Município de São Gotardo, estabelece о regime de liberdade de horário, cria o Cadastro Municipal de Farmácias com Atendimento Estendido, revoga as Leis Municipais nº 1.927, de 11 de maio de 2012, e nº 2.472, de 11 de dezembro de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/452/projeto115_20251028_122706.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/452/projeto115_20251028_122706.pdf</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/453/projeto116_20251028_122257.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/453/projeto116_20251028_122257.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 2º DA LEI MUNICIPAL N° 2886 DE 23 DE OUTUBRO DE 2025 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/455/projeto117_20251104_134111.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/455/projeto117_20251104_134111.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AО ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/456/projeto118_20251104_133948.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/456/projeto118_20251104_133948.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE PLANEJAMENTO E GESTÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/457/projeto119_20251104_133801.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/457/projeto119_20251104_133801.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 2° DA LEI MUNICIPAL N° 2.876, DE 22 DE SETEMBRO DE 2025 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/458/projeto120_20251104_133635.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/458/projeto120_20251104_133635.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO SISTEMA MUNICIPAL DE APOIO AO DESENVOLVIMENTO HUMANO E EDUCACIONAL INCLUSIVO, MANTÉM A DENOMINAÇÃO DO CENTRO MUNICIPAL DE DESENVOLVIMENTO HUMANO "CARMEM DE FÁTIMA OLIVEIRA BESSA”, AUTORIZA A INSTALAÇÃO DE_x000D_
 OUTROS ÓRGÃOS CORRELATOS, ESTABELECE PRINCÍPIOS E DIRETRIZES DE ATENDIMENTO, REVOGA A LEI Nº 2814/2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/459/projeto121_20251104_133502.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/459/projeto121_20251104_133502.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AО ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/460/projeto122_20251104_133335.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/460/projeto122_20251104_133335.pdf</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/461/projeto123_20251104_133039.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/461/projeto123_20251104_133039.pdf</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/462/projeto124_20251104_132825.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/462/projeto124_20251104_132825.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE SAÚDE E SECRETARIA MUNICIPAL DE CULTURA, ESPORTE E TURISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/478/projeto127.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/478/projeto127.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE OBRAS PÚBLICAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/479/projeto128.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/479/projeto128.pdf</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/480/projeto129.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/480/projeto129.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE CULTURA, ESPORTE E TURISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/481/projeto130.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/481/projeto130.pdf</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/482/projeto131.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/482/projeto131.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de São Gotardo/MG o "Setembro Amarelo", como Mês Municipal de Conscientização e Prevenção ao Suicídio, e dá outras providências.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/483/projeto132.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/483/projeto132.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DAS SECRETARIAS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/496/projeto133.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/496/projeto133.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO SUPLEMENTAR AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EМ FAVOR DA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO URBANO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/497/projeto134.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/497/projeto134.pdf</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/498/projeto135.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/498/projeto135.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 3º DA LEI MUNICIPAL N° 2.902, DE 24 DE NOVEMBRO DE 2025 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/502/projeto136.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/502/projeto136.pdf</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/503/projeto137.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/503/projeto137.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal dos Desbravadores.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/518/projeto139.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/518/projeto139.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EXPANSÃO DO PERÍMETRO URBANO DE SÃO GOTARDO, EM ACRÉSCIMO ÀS DEMARCAÇÕES QUE SÃO CONSIGNADAS PELA LEI MUNICIPAL 47/1974 DE 28/11/1974, NA LEI MUNICIPAL 1368/1998 DE 17/12/1998, NA LEI MUNICIPAL 1951/2012 DE 20/12/2012, NA LEI MUNICIPAL_x000D_
 2123/2015 DE 03/11/15, NA LEI MUNICIPAL 2410/2020 DE 12/02/2020, NA LEI MUNICIPAL 2439/2020 DE 22/06/2020, NA LEI MUNICIPAL 2680/2023 DE 26/07/2023, NA LEI MUNICIPAL 2869/2025 DE 05/09/2025, NA LEI MUNICIPAL 2870/2025 DE 05/09/2025, NA LEI MUNICIPAL 2877/2025 DE 02/10/2025, NA LEI MUNICIPAL 2878/2025 DE 02/10/2025 E NA LEI MUNICIPAL 2886/2025 DE 23/10/2025 E, DÁ AS PROVIDÊNCIAS COMPLEMENTARES DA ESPÉCIE.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/520/projeto141.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/520/projeto141.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA HABITACIONAL MUNICIPAL HABITA+ NO MUNICÍPIO DE SÃO GOTARDO, ESTADO DE MG, AUTORIZA A ADOÇÃO DE CONTRAPARTIDA MUNICIPAL E ESTABELECE NORMAS PARA A INTEGRAÇÃO COM O PROGRAMA MINHA CASA, MINHA VIDA - MCMV CIDADES E DEMAIS INICIATIVAS HABITACIONAIS FEDERAIS.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/521/projeto142.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/521/projeto142.pdf</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/522/projeto143.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/522/projeto143.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ADESÃO DO MUNICÍPIO DE SÃO GOTARDO AO PROGRAMA “CARTÃO DE MATERIAL ESCOLAR" A SER IMPLEMENTADO PELO CONSÓRCIO PÚBLICO INTERMUNICIPAL DE DESENVOLVIMENTO SUSTENTÁVEL DO ALTO PARANAÍBA – CISPAR, DEFINE COMPETÊNCIA E PROCEDIMENTOS DE FISCALIZAÇÃO E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/523/projeto144.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/523/projeto144.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DO SERVIÇO DE TRANSPORTE ESCOLAR NO MUNICÍPIO DE SÃO GOTARDO PARA ESTABELECER LIMITE MÁXIMO DE IDADE PARA OS VEÍCULOS E DISPOR SOBRE OS REQUISITOS DE SEGURANÇA E INSPEÇÃO TÉCNICA VEICULAR.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/524/projeto145_20251218_151624.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/524/projeto145_20251218_151624.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ESPECIAL AO ORÇAMENTO GERAL DO MUNICÍPIO DE SÃO GOTARDO, EM FAVOR DA SECRETARIA MUNICIPAL DE OBRAS PÚBLICAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/539/260109125704_rotated_1.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/539/260109125704_rotated_1.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 10 DA LEI MUNICIPAL N° 2.830, DE 10 DE MARÇO DE 2025 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/534/projeto147_2_1.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/534/projeto147_2_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar Convênio ou Acordo de Cooperação Técnica com o Estado de Minas Gerais, por intermédio da Polícia Civil, para a transferência de recursos oriundos de emenda parlamentar federal destinados à modernização da segurança pública, e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/535/projeto148_1.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/535/projeto148_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a ratificação do Protocolo de Intenções firmado entre os Municípios de Arapuá, Carmo do Paranaíba, Cruzeiro da Fortaleza, Guimarânia, João Pinheiro, Lagamar, Patos de Minas, Patrocínio, Presidente Olegário, São Gotardo, Serra do Salitre e Tiros, com vistas à constituição do Consórcio_x000D_
 Público Intermunicipal de Saúde do Cerrado Mineiro (CISCEM).</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/536/projeto149_1.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/536/projeto149_1.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS 2026, AUTORIZA A CONCESSÃO DE ANISTIA DE MULTA, REMISSÃO DE JUROS NO MUNICÍPIO DE SÃO GOTARDO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/537/projeto150_1.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/537/projeto150_1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do SETRANS SG e a regulamentação da Junta Administrativa de Recursos de Infração - JARI e dá outras providências.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/42/projeto06_20250624_163937.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/42/projeto06_20250624_163937.pdf</t>
   </si>
   <si>
     <t>ALTERA O PARAGRAFO UNICO DA LEI COMPLEMENTAR 92/2009 E SUAS ALTERAÇÕES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/44/projeto08_20250623_174611.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/44/projeto08_20250623_174611.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 204º DA LEI MUNICIPAL Nº 239, DE 08 DE ABRIL DE 2024 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REFORMA DA ORGANIZAÇÃO ADMINISTRATIVA DIRETA DO EXECUTIVO MUNICIPAL DE SÃO GOTARDO</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_lei_complementar_19-2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_lei_complementar_19-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR 239 DE 08 DE ABRIL DE 2024, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_complementar_25-2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_complementar_25-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO DO PLANO DE CARGOS, CARREIRA E VENCIMENTOS DA CÂMARA MUNICIPAL DE SÃO GOTARDO- MINAS GERAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_complementar_26-2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_complementar_26-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA DA CÂMARA MUNICIPAL DE SÃO GOTARDO.</t>
   </si>
   <si>
     <t>ALTERA O PARÁGRAFO ÚNICO DA LEI COMPLEMENTAR MUNICIPAL Nº 92/2009 E SUAS ALTERAÇÕES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/348/projetocomp76_20250903_131754.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/348/projetocomp76_20250903_131754.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 3º DA LEI COMPLEMENTAR 232 DE 14 DE SETEMBRO DE 2023, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/350/projetocomp78_20250903_131245.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/350/projetocomp78_20250903_131245.pdf</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/351/projetocomp79_20250903_130855.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/351/projetocomp79_20250903_130855.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO PARA O MUNICÍPIO DE SÃO GOTARDO/MG RECEBER POR DOAÇÃO UMA GLEBA URBANA DESTINADA À IMPLANTAÇÃO DE VIA PÚBLICA, Е DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/384/projetocomp83_20250917_132009.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/384/projetocomp83_20250917_132009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RECIPROCIDADE PARA ISENÇÃO DE PAGAMENTO DE TAXAS MUNICIPAIS AO ESTADO DE MINAS GERAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/379/projetocomp90_20250917_131216.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/379/projetocomp90_20250917_131216.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROCEDER PERMUTA DE IMÓVEL DE PROPRIEDADE DO PATRIMÔNIO MUNICIPAL COM ÁREA DE IMÓVEL DE PROPRIEDADE PARTICULAR.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/378/projetocomp91_20250917_131022.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/378/projetocomp91_20250917_131022.pdf</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/411/projetocomp97_20251015_142626.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/411/projetocomp97_20251015_142626.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 1º DA LEI COMPLEMENTAR 252 DE 22 DE SETEMBRO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/416/projeto99_20251017_163844-1-3.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/416/projeto99_20251017_163844-1-3.pdf</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/463/projetocomp125_20251105_123201.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/463/projetocomp125_20251105_123201.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de medidas de segurança física e proteção contra arrombamento, explosão e abalroamento veicular em estabelecimentos financeiros no âmbito do Município de São Gotardo, e dá outras providências.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/504/projetocomp138.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/504/projetocomp138.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de implantação de infraestrutura de drenagem de águas pluviais como requisito para a aprovação de novos parcelamentos do solo para fins urbanos no Município de São Gotardo, e dá outras providências.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/519/projeto140.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/519/projeto140.pdf</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/538/projetocomp151_1.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/538/projetocomp151_1.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO E CRIA NOVOS ARTIGOS NO CÓDIGO TRIBUTÁRIO DE SÃO GOTARDO/MG, LEI MUNICIPAL N° 1369, DE 17 DE DEZEMBRO DE 1998 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/58/projetoresolucao01_20250625_124633.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/58/projetoresolucao01_20250625_124633.pdf</t>
   </si>
   <si>
     <t>"Fixa o calendário das Reuniões Ordinárias da Sessão Legislativa do ano de 2025 e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_resolucao_02-2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_resolucao_02-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FILIAÇÃO DESTA CÂMARA MUNICIPAL À ASSOCIAÇÃO BRASILEIRA DE CÂMARAS MUNICIPAIS-ABRACAM, AUTORIZA PAGAMENTO DE CONTRIBUIÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_resolucao_03-2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_resolucao_03-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA PARCIALMENTE A RESOLUÇÃO Nº 306/2024 QUE DISPÕE SOBRE A COMENDA ALYSSON PAOLINELLI</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/59/projetoresolucao04_20250625_125714.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/59/projetoresolucao04_20250625_125714.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a realização de despesa sob o regime de adiantamento, no âmbito do Poder Legislativo do Município de São Gotardo/MG, nos termos do artigo 95, $2° da Lei 14.133/2021.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/60/projetoresolucao05_20250625_132038.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/60/projetoresolucao05_20250625_132038.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO ÚNICO – QUADRO DE DIÁRIAS DA RESOLUÇÃO N.° 274 DE 15 DE DEZEMBRO DE 2017 SOBRE CONCESSÃO DE DIÁRIAS PARA VEREADORES E SERVIDORES DA CÂMARA MUNICIPAL DE SÃO GOTARDO</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/61/projetoresolucao06_20250625_132601.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/61/projetoresolucao06_20250625_132601.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REVISÃO GERAL DOS SUBSÍDIOS DOS VEREADORES DA CÂMARA MUNICIPAL DE SÃO GOTARDO</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/78/projetoresolucao07_20250704_130006.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/78/projetoresolucao07_20250704_130006.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE А "СOMENDA ALYSSON PAOLINELLI" CRIADA PELA RESOLUÇÃO 306/2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/329/projetores08_20250821_122008.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/329/projetores08_20250821_122008.pdf</t>
   </si>
   <si>
     <t>Institui a Identidade Funcional dos Vereadores da Câmara Municipal de São Gotardo e estabelece normas para seu uso e porte.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/330/requerimento_no_04.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/330/requerimento_no_04.pdf</t>
   </si>
   <si>
     <t>A fim de que sejam prestadas as informações e disponibilizadas as cópias dos documentos, referentes ao pagamento de salários a Senhora Márcia Rezende, servidora municipal, que consoante consta do Portal da Transparência deste município, recebeu valores referentes aos salários mensais, nos meses de Janeiro a Abril de 2025, vide espelho anexo.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/331/requerimento_no_05.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/331/requerimento_no_05.pdf</t>
   </si>
   <si>
     <t>A fim de que sejam prestadas as informações e disponibilizadas as cópias da documentação acerca da desapropriação de área lateral do Parque de Exposições de São Gotardo, para criação de via trafegável, dando acesso privilegiado ao Bairro Ecovillage.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/332/requerimento_no_06.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/332/requerimento_no_06.pdf</t>
   </si>
   <si>
     <t>A fim de que sejam prestadas as informações e disponibilizadas as cópias dos documentos abaixo relacionados, referentes à contratação por inexigibilidade de licitação para a organização do evento de "concurso de rainha da FENACEN", identificada no Portal Nacional de Contratações_x000D_
 Públicas (PNCP) como Contrato nº 107/2025, assinado em 26/06/2025, com vigência de 26/06/2025 a 26/06/2026, no valor de R$ 113.367,50, tendo como fornecedor LAURO WILSON PRADOS LIMA (CNPJ: 20.112.944/0001-68), para o objeto "OUTROS SERVICOS DE TERCEIROS - PESSOA JURIDICA CONTRATACAO POR INEXIGIBILIDADE, DE EMPRESA ESPECIALIZADA DO RAMO DE PRODUCAO DE EVENTOS 'LAURO WILSON PRADOS LIMA, PRODUTOR CULTURAL COM DIRECIONADO E RESPONDENDO DIRETAMENTE A ESSA SECRETARIA"</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/333/requerimento_no_07.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/333/requerimento_no_07.pdf</t>
   </si>
   <si>
     <t>A fim de que sejam prestadas as informações e disponibilizadas as cópias documentais referentes à contratação de serviços de marketing e publicidade por inexigibilidade de licitação.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/424/requerimento08_20251022_140039.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/424/requerimento08_20251022_140039.pdf</t>
   </si>
   <si>
     <t>A fim de que sejam prestadas as informações e disponibilizadas as cópias documentais е informações pormenorizadas e documentadas acerca da situação fática, administrativa, legal e urbanística do Loteamento da Cooperativa Habitacional de São Gotardo - COOHASAG.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>JOÃO PIRRAÇA</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento09.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento09.pdf</t>
   </si>
   <si>
     <t>A fim de que sejam prestadas as informações e disponibilizadas as cópias dos documentos, referentes a da obra de construção de barragem para fins de ligação interbairros que liga o Bairro Centro ao Bairro Serra Negra, no Município de São Gotardo.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento10.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento10.pdf</t>
   </si>
   <si>
     <t>REQUER o envio a esta Casa Legislativa, de todas as informações e documentos listados neste expediente, no prazo improrrogável de 15 (quinze)_x000D_
 dias úteis, a contar do recebimento deste, conforme estipulado pelo Art. 32, § 2º, e Art. 69, inciso XIV, da Lei Orgânica Municipal, contendo seguintes informações e documentos detalhados:</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento11.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento11.pdf</t>
   </si>
   <si>
     <t>Considerando a necessidade de garantir a segurança viária em nosso município e a correta aplicação da legislação de trânsito e ambiental, solicitamos esclarecimentos detalhados sobre a fiscalização e o cumprimento das normas que obrigam o uso de cobertura (telas, lonas ou dispositivos similares) em caminhões e demais veículos de carga que transportam materiais a granel ou que apresentem risco de queda da carga nas vias públicas.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento12.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento12.pdf</t>
   </si>
   <si>
     <t>O objeto desta solicitação recai especificamente sobre o cumprimento da Lei Complementar n.º 239, de 08 de abril de 2024 (Estatuto dos Servidores Públicos do Município), no que tange ao pagamento dos adicionais devidos pelo exercício de atividades de risco, acerca da qual requeiro esclarecimentos formais acerca da política de remuneração dos servidores públicos municipais.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento13.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento13.pdf</t>
   </si>
   <si>
     <t>Seja a Excelentíssima Senhora Secretária Municipal de Educação notificada para que encaminhe a esta Casa Legislativa, no prazo legal improrrogável de 15 (quinze) dias (Art. 69, XIV, LOM), as seguintes informações indispensáveis ao processo legislativo:</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao01.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao01.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE CONTRATAR MAIS FISIOTERAPEUTAS PARA ATENDER NA REDE MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao02.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao02.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE CONTRATAR MAIS PSIQUIATRAS E FONOAUDIÓLOGOS PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao03.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao03.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR A REESTRUTURAÇÃO SALARIAL DAS PSICÓLOGAS E ASSISTENTES SOCIAIS MUNICIPAIS.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao04.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao04.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE IMPLANTAR UMA ACADEMIA AO AR LIVRE NA PRAÇA SITUADA A RUA FORTALEZA BAIRRO LIBERDADE.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao05.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao05.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE INSTALAR UMА COBERTURA PARA OS FEIRANTES NO ESTACIONAMENTO DA PRAÇA SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao06.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao06.pdf</t>
   </si>
   <si>
     <t>Que o poder executivo municipal usando de suas prerrogativas estude a possibilidade de destinar terreno ou imóvel para AMA - Associação Mundo Azul,_x000D_
 entidade de apoio e proteção ao autista de São Gotardo/MG, bem como de destinar subvenção para que a associação possa realizar os trabalhos necessários.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao07.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao07.pdf</t>
   </si>
   <si>
     <t>Que o poder executivo municipal usando de suas prerrogativas estude a possibilidade de implementar em São Gotardo/MG um setor de trânsito e a criação do cargo de fiscal de trânsito, bem como a contratação de um engenheiro especialista em trânsito e tráfego para reformular o trânsito da cidade.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao08.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao08.pdf</t>
   </si>
   <si>
     <t>Que o poder executivo municipal usando de suas prerrogativas estude a possibilidade de implementar em São Gotardo a GCM – Guarda Civil Municipal.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao09.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao09.pdf</t>
   </si>
   <si>
     <t>Que o poder executivo municipal usando de suas prerrogativas estude a possibilidade de destinar terreno ou imóvel à OMESSG - Ordem Municipal do Exercício Social de São Gotardo, bem como de destinar subvenção para a realização de eventos e demais medidas necessárias.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao10.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao10.pdf</t>
   </si>
   <si>
     <t>Que o poder executivo municipal usando de suas prerrogativas estude a possibilidade de implementar em São Gotardo a UAI - Unidade de Atendimento Integrado, em parceria com o Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao11.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao11.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO ATRAVÉS DA SECRETARIA COMPETENTE AVALIE A POSSIBILIDADE DE INSTALAÇÃO DE REDUTORES DE VELOCIDADE NA AV. RIO BRANCO POUCO ABAIXO DA GOLDNET (1 EM CADA UMA DAS VIAS), 1 NA AVENIDA HERMENEGILDO JOSÉ DE OLIVEIRA (GUARDA DOS FERREIROS)_x000D_
 PRÓXIMO DO NÚMERO 580, 1 NA RUA DAS PALMAS PRÓXIMO DO NÚMERO 349 MANSÕES DO LAGO,1 NA RUA JOÃO ALVES FRANCO PRÓXIMO DA APAE E 2 NA AVENIDA DAS ROSAS ANTES DA PRACINHA (NA ESQUINA) NO SENTIDO DE QUEM VEM DA PISTA DE CAMINHADA.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>ADRIANO LEONEL</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao12.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao12.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR QUE AS CONSTRUÇÕES AO LADO DA ESCOLA ESTADUAL EM GUARDA DOS FERREIROS, SEJAM DESTINADAS AO CRAS.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao13.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao13.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR А INSTALAÇÃO DE TRÊS POSTES DE ILUMINAÇÃO NA VIA PÚBLICA SITUADA NO DISTRITO DE GUARDA DOS FERREIROS, BAIRRO PANTANAL, RUA JOSÉ VICENTE SOBRINHО.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao14.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao14.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR A CONSTRUÇÃO DE MURO NO CEMITÉRIO DE GUARDA DOS FERREIROS, PELA RUA PAULO ROGÉRIO DA SILVA RIBEIRO E PELA RUA JOÃO VITALINO.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao15.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao15.pdf</t>
   </si>
   <si>
     <t>Que o poder executivo dê atenção especial ao controle dos animais de rua, como cães e gatos, para que, de maneira humanitária, as leis municipais estejam sendo atualizadas e cumpridas. Que seja criada campanhas de conscientização da comunidade em cuidar dos seus animais, não os desprezando por motivos de doença, mudança de domicílio e condições financeiras que dificultam o acesso à atendimento veterinário quando estes adoecem. Aos animais abandonados, sugere a contratação de um médico veterinário e criação de um local para que estes sejam examinados e avaliados a condição que se encontram para cuidados posteriores como aplicação de vacinas que previnam viroses, castração microchipagem e criação de um banco de adoção destes, com um tempo limite de espera antes de serem devolvidos aos seus respectivos locais de origem (ruas ou bairros onde vivem).</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao16.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao16.pdf</t>
   </si>
   <si>
     <t>Que o poder Executivo Municipal, usufruindo de suas prerrogativas, estude a possibilidade de cobertura da área aberta da escola José Antônio dos Santos para uso dos alunos.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao17.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao17.pdf</t>
   </si>
   <si>
     <t>Que o poder Executivo Municipal, usufruindo de suas prerrogativas, estude a possibilidade de viabilizar manilhamento da rede pluvial do Bairro Liberdade, em especial, Rua Vitória, à altura dos nº 138; 176; 206; 226; 246.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao18.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao18.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A REFORMA E REVITALIZAÇÃO DA PRAÇA DO BAIRRO LIBERDADE.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao19.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao19.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A SUBSTITUIÇÃO DA PONTE NA TRAVESSIA DO ALTO DO BALNEÁRIO PARA O CAPÃO.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao20.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao20.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE AUMENTAR A QUANTIDADE DE SALAS DE AULA NA ESCOLA MUNICIPAL FRANCISCO RODRIGUES GALVÃO, NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao21.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao21.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR A IMPLANTAÇÃO DE ACADEMIA AO AR LIVRE, BANCOS CALÇADA E ILUMINAÇÃO NA ÁREA JÁ EXISTENTE COMO PRAÇA NO BAIRRO TANCREDO NEVES.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao22.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao22.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE CONSTRUIR DOIS POÇOS ARTESIANOS, SENDO UM NO DISTRITO DE SÃO JOSÉ DA BELA VISTA, TAMBÉM CONHECIDO COMO CERCA VELHA E OUTRO NO DISTRITO DE CAPELA DO ABAETÉ.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao23.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao23.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR CONSTRUÇÃO DE BANHEIROS NA PISTA DE CAMINHADA, EM FRENTE AO PARQUE DE EXPOSIÇÕES.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao24.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao24.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR UM TERRENO PARA A CONSTRUÇÃO DE SALAS PARA POSSIVEIS REUNIÕES DOS ALCOÓLICOS ANÔNIMOS (AA), E DOS NARCÓTICOS ANÔNIMOS (NA).</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao25.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao25.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE SOLICITAR AO SETOR COMPETENTE, A ATUALIZAÇÃO DO MAPA DA CIDADE DE SÃO GOTARDO E DO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao26.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao26.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR A IMPLEMENTAÇÃO DE UM CAPSi (Centro de Atenção Psicossocial Infantil).</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao27.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao27.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDEA POSSIBILIDADE DE INSTALAÇÃO DE UMA ROTATORIA OU TREVO EM FRENTE À DELEGACIA DE POLICIA CIVIL DE SÃO GOTARDO/MG, NO FINAL DA AVENIDA PRESIDENTE VARGAS, ENTRONCAMENTO COM A RUA FREI PAULINO.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao28.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao28.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR VEÍCULO PROPRIO DESTINADO AO TRANSPORTE EXCLUSIVO DE PROFESSORES AOS DISTRITOS DO MUNICIPIO, QUANDO LÁ LOTADOS, PARA REALIZAÇÃO DE SUAS ATIVIDADES LABORAIS.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao29.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao29.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE CONSTRUÇÃO DE UMA ESTRUTURA (TELHADO) QUE POSSA ABRIGAR O ALUNO NA CHEGADA DA ESCOLA MUNICIPAL FRANCISCO RODRIGUES GALVÃO NO DISTRITO DE GUARDA DOS_x000D_
 FERREIROS.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao30.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao30.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR A PAVIMENTAÇÃO ASFALTICA NO DISTRITO DE AGROVILA.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>CARLOS CAMARGOS</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao31.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao31.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE RECONSTRUÇÃO, E/OU, RECUPERAÇÃO DA BASE DA PONTE DO CORREGO DO MOINHO, PROXIMO À GUARDA DOS FERREIROS, ESTRADA QUE SEGUE APÓS À RUA JOÃO VITORINO E FRANCISCO FREDERICO OLIVEIRA (Chico Camilo).</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao32.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao32.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O RECAPEAMENTO E PAVIMENTAÇÃO ASFALTICA NOS BAIRROS SÃO GERALDO E SÃO LUCAS. SÃO AS RUAS:_x000D_
 1. RUA FRANCISCO CORREIA._x000D_
 2. RUA NILZO CAMPOS._x000D_
 3. RUA GERALDO DIAS PIMENTА._x000D_
 4. RUA REVALINO LOPES DA SILVA._x000D_
 5. RUA ELIZIÁRIO JOSÉ DE BESSA._x000D_
 6. RUA ANTONIO JOSE MOREIRA._x000D_
 7. TRAVESSA MUNDINHO DO CARRINHО._x000D_
 8. RUA DONA REVALA (próximo a Escola Sonho Meu)._x000D_
 9. RUA ARISTÓTELES DE SOUZA CARVALHO (uma quadra_x000D_
 próximo ao mercadinho do chacal).</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao33.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao33.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR A DOAÇÃO DE TERRENO PARA A CONSTRUÇÃO DA SEDE DA CÂMARA MUNICIPAL DE SÃO GOTARDO.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao34.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao34.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR A IMPLEMENTAÇÃO DAS ESCOLAS CÍVICO-MILITARES.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao35.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao35.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR A IMPLMENTAÇÃO DAS GUARITAS COM BANCOS NOS PONTOS DE ÔNIBUS</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao36.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao36.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDEА POSSIBILIDADE DE VIABILIZAR A IMPLANTAÇÃO DE ZONA AZUL, DESTINANDO SEU LUCRO A INSTITUIÇÕES E ASSOCIAÇÕES QUE PRESTAM RELEVANTES SERVIÇOS A SOCIEDADE.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao37.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao37.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR A INSTALAÇÃO DE GUARDRAIL, REDUTOR DE VELOCIDADE, GUARDA CORPO E PASSARELA PARA PEDESTRES NA PONTE DO BALNEÁRIO.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao38.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao38.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE RESGATAR A TRADIÇÃO MUNICIPAL DA COMEMORAÇÃO DE CARNAVAL, A OCORRER EM LOCAL PÚBLICO, DE MANEIRA GRATUITA AOS CIDADÃOS, COM DESFILE DOS "BLOCOS” FORMADOS PELOS BAIRROS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao39.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao39.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE IMPLEMENTAÇÃO DE UM SISTEMA DE INFORMAÇÃO NA ÁREA DA SAÚDE.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao40.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao40.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE AMPLIAÇÃO DA REDE DE ENERGIA ELÉTRICA DE ILUMINAÇÃO MUNCIPAL Á RUA K, BAIRRO LIBERDADE EM TODA SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao41.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao41.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A INSTALAÇÃO DE LIXEIRAS GRANDES NAS ESQUINAS DE TODA EXTENSÃO DA AVENIDA NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao42.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao42.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REVITALIZAR A PRAÇA DO BAIRRO BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao43.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao43.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REVITALIZAR A PRAÇA DO BAIRRO RESIDENCIAL GARCIA.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao44.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao44.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR PARCERIAS COM CASAS DE ACOLHIMENTO JÁ EXISTENTES NO MUNICIPIO DE PATOS DE MINAS, PROPICIANDO AOS SANGOTARDENSES CASA DE APOIO PARA TRATAMENTOS MÉDICOS.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao45.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao45.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE А POSSIBILIDADE DE PROVIDENCIAR COBERTURA NA ÁREA EXTERNA DAS UNIDADES BÁSICAS DE SAÚDE DO MUNICIPIO A SEUIR ELENCADAS: UBS ALTO BELA VISTA; UBS BOA ESPERANCA; UBS CAPELINHA DO ABAETE; UBS CENTRO; UBS GUARDA DOS FERREIROS; UBS NOSSA SENHORA DE FATIMA; UBS SANTA CRUZ; UBS SANTA TEREZINHA; UBS SAO GERALDO; UBS SAO VICENTE; UBS TAQUARIL; UNIDADE DE PRONTO ATENDIMENTO.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao46.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao46.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, POR INITERMÉDIO DA SECRETARIA DE EDUCAÇÃO, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAÇÃO DE PINTURA INTEGRAL NO CMEI MARIA VERANI DE OLIVEIRA, BAIRRO TAQUARIL.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao47.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao47.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE, PLANEJAMENTO E EXECUÇÃO DA CONSTRUÇÃO DA QUADRA DE ESPORTES NO TERRENO LOCALIZADO ABAIXO DA UNIDADE BÁSICA DE SAÚDE (UBS) SANTA TEREZINHA, NO BAIRRO SANTA TEREZINHA, CONSIDERANDO QUE ESSE ESPAÇO JÁ FOI RESERVADO PARA TAL FINALIDADE.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao48.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao48.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE PAVIMENTAÇÃO DA RUA OSMAR FIDELIS, BAIRRO SÃO GERALDO.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao49.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao49.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE PAVIMENTAÇÃO E A INSTALAÇÃO DE ILUMINAÇÃO PUBLICA NO PROSSEGUIMENTO DA RUA CASSIMIRO LOPES, NO SENTIDO DO CAMPO DO CORREGO DO ARROZ, NO BAIRRO GERALDO MARQUES.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao50.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao50.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE REVISÃO SALARIAL DE SERVIDORES QUE ATUAM NO CONSELHO TUTELAR.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>RENÊ DA FARMÁCIA</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao51.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao51.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE, POR INTERMÉDIO DA SECRETARIA DE ESPORTE, CRIAR NO CALENDÁRIO ESPORTIVO MUNICIPAL UM CAMPEONATO MASTER, ACIMA DE 35 ANOS, Á SER REALIZADO ANUALMENTE.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao52.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao52.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR A IMPLEMENTAÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE - UBS, TIPO III, VINTE E QUATRO (24) HORAS NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao53.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao53.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE CONCEDER O ADICIONAL DE INSALUBRIDADE A TODOS OS PROFISSIONAIS DA ÁREA DA SAÚDE QUE ATUAM EM CONDIÇÕES DE RISCO NO MUNICÍPIO, ESPECIALMENTE AQUELES QUE, EMBORA AINDA NÃO RECЕВАМ О ВENEFÍCIO, DESEMPENHAM FUNÇÕES QUE OS EXPÕEM A AGENTES NOCIVOS À SAÚDE.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao54.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao54.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE DISPONIBILIZAR E/OU CONTRATAR UM PSICÓLOGO PARA ATENDIMENTO DIÁRIO NA UNIDADE BÁSICA DE SAÚDE (UBS) SÃO GERALDO.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao55.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao55.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE REALIZAR MELHORIAS E REFORMA NA ESCOLA MUNICIPAL CECÍLIA MEIRELES, AS QUAIS SÃO:_x000D_
 1. СОВERTURA DO PARQUINHО._x000D_
 2. INSTALAÇÃO DE GRADE DE PROTEÇÃO CONTRA ANIMAIS NO PARQUINHО._x000D_
 3. TROCA DA AREIA DO PARQUINHO._x000D_
 4. CONSTRUÇÃO DE BANHEIROS._x000D_
 5. INSTALAÇÃO DE BEBEDOUROS NA QUADRA DE ESPORTES._x000D_
 6. INSTALAÇÃO DE UM RESERVATÓRIO EXTERNO DE ÁGUA._x000D_
 7. CRIAÇÃO DE UMA BIBLIOTECA SENSORIAL._x000D_
 8. INSTALAÇÃO DE PORTÕES E GRADES PARA ISOLAMENTO ENTRE A ESCOLA E O ESTACIONAMENTO.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao56.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao56.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE CONSTRUIR UMA FAIXA DE PEDESTRES ELEVADA NA ESQUINA DA AGÊNCIA BANCO DO BRASIL.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao57.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao57.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE IMPLANTAR UMA CRECHE NO BAIRRO SÃO LUCAS.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao58.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao58.pdf</t>
   </si>
   <si>
     <t>Que o poder Executivo Municipal, usufruindo de suas prerrogativas, estude a possibilidade de realizar o asfaltamento da Rua Cassimiro Lopez, interligando-a ao Bairro Alvorada.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao59.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao59.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE SINALIZAR NAS ESCOLAS MUNICIPAIS E ESTADUAIS, CRECHES, E ORDENAR QUE SEJA SINALIZADO NAS INSTITUIÇÕES DE ENSINO PRIVADAS, POR MEIO DE CORREDOR DE CONES, ÁREA DE EMBARQUE E DESEMBARQUE DE ALUNOS.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao60.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao60.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR ASFALTAMENTO DA RUA SÃO VICENTE FERRER, BAIRRO ALTO BELA VISTA.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao61.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao61.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE CRIAR UM CENTRO DE COLETA E DESCARTE DE LIXO ELETRÔNICO: PILHAS, BATERIAS, COMPUTADOR,TV, MONITOR, ЕТС.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao62.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao62.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE CONTRATAÇÃO DE UMA EMPRESA ESPECIALIZADA NA ELABORAÇÃO DE LAUDOS TÉCNICOS DE INSALUBRIDADE E PERICULOSIDADE, СОМ О ОBJETIVO DE ATENDER TODOS OS SERVIDORES MUNICÍPAIS, ABRANGENDO TODAS AS ÁREAS DE ATUAÇÃO, E NÃO APENAS A SAÚDE.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao63.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao63.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE CONTRATAÇÃO DE UM ENGENHEIRO DE TRANSITO PARA ATUAR JUNTO À ADMINISTRAÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao64.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao64.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE PROVIDENCIAR A CONSTRUÇÃO DE PISTA DE CAMINHADA COM CICLOFAIXA NA AVENIDA HERMENEGILDO JOSÉ DE OLIVEIRA, NO TRECHO QUE LIGA DISTRITO AO TREVO.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao65.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao65.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE PROVIDENCIAR A INSTALAÇÃO DE LIXEIRAS NO CRUZAMENTO DAS RUA J.B. SANTOS X RUA LARANJEIRAS X RUA IPÊS BAIRRO SATURNINO.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao66.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao66.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A CONSTRUÇÃO DE UMA_x000D_
 UNIDADE DE PRONTO ATENDIMENTO - UPA 24 HORAS - NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao67.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao67.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR MELHORIAS NA ÁREA ESPORTIVA JÁ EXISTENTE, CONHECIDA COMO CAMPO JACI DA JOVEM.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao68.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao68.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE VIABILIZAR A CONSTRUÇÃO DE NOVOS BANHEIROS, E A INSTALAÇÃO DE MAIS BANCOS NA AREA DE EMBARQUE E DESEMBARQUE DA RODOVIÁRIA.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao69.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao69.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE PROVIDENCIAR A CONSTRUÇÃO DE MORADIAS POPULARES PARA PESSOAS DE BAIXA RENDA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_70-2025_ver._roberto.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_70-2025_ver._roberto.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE ESTENDER A ILUMINAÇÃO PÚBLICA, COM A INSTALAÇÃO DE PELO MENOS DOIS POSTES ELÉTRICOS NA RUA ELISEU FRANCINO, A ALTURA DA INTERCESSÃO ENTRE AS RUAS TUPINAMBÁS E DORVALINA LAURINA.</t>
   </si>
   <si>
     <t>FERNANDO ALBUQUERQUE, ROBERTINHO DA GARAGEM</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao71.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao71.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE ESTENDER A ILUMINAÇÃO PÚBLICA, COM A INSTALAÇÃO DE PELO MENOS DOIS POSTES ELÉTRICOS E UM TRANSFORMADOR, NO DISTRITO DE TRÊS CAPÕES, INICIANDO A INSTALAÇÃO PELA DIREITA ONDE PAROU O CALÇAMENTO.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_72-2025_ver._joao_wilson.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_72-2025_ver._joao_wilson.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USUFRUINDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DA CONTRUÇÃO DE BANHEIROS PÚBLICOS NA PRAÇA DO DISTRITO DE VILA FUNCHAL.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_73-2025_ver._waldemario.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_73-2025_ver._waldemario.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A INTERLIGAÇÃO DAS VIAS DA PISTA DE CAMINHADA INTERNA DO PARQUE DOS IPÊS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_no_74-2025_ver._fernando_albuquerque.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_no_74-2025_ver._fernando_albuquerque.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR ALTERAÇÃO NO SISTEMA DE PAGAMENTO DE AJUDAS DE CUSTO AOS PACIENTES RENAIS CRÔNICOS QUANDO EM DESLOCAMENTO, BEM COMO REALIZAR CORREÇÃO DOS VALORES REPASSADOS, ADEQUANDO A REALIDADE FINANCEIRA DE ANO CORRENTE E REAJUSTANDO OS VALORES ANUALMENTE DE ACORDO COM A INFLAÇÃO.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao75.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao75.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE DESTINAR Á UNIDADE BÁSICA DE SAÚDE DE GUARDA DOS FERREIROS, UBS SANTA CRUZ, UM SERVIDOR PARA O POSTO DE SEGURANÇA, DURANTE TODO PERÍODO DE ATENDIMENTO.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao76.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao76.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR INSTALAÇÃO DE BEBEDOUROS PÚBLICOS COM ÁGUA NATURAL GELADA E BANHEIROS PÚBLICOS NAS PRAÇAS, PARQUE IPÊS E PISTA DE CAMINHADA.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao77.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao77.pdf</t>
   </si>
   <si>
     <t>Que o poder Executivo Municipal, usufruindo de suas prerrogativas, estude a possibilidade de realizar correção asfáltica com tapa buracos, na rua Tocantins, a altura do n° 460 e do nº 500, e ainda a remoção de quebra-molas que não tem apresentado utilidade, nesta mesma localidade.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao78.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao78.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE SOLICITAR COM A DEVIDA ATENÇÃO, A EXECUÇÃO E CONTINUIDADE DO CANTEIRO CENTRAL NOS SEQUINTES TRECHOS:_x000D_
 1. AVENIDA RIO BRANCO - após o Rotary Clube, que atualmente encontra-se sem a devida continuidade do canteiro central;_x000D_
 2. AVENIDA DAS ROSAS - No trecho compreendido entre a residência do Senhor José Pereira até a Rotatória da própria avenida.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao79.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao79.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR CONTRATAÇÃO DE MAIS FISCAIS DE POSTURAS PARA O MUNICIPIO DE SÃO GOTARDО.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/252/indicacao80.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/252/indicacao80.pdf</t>
   </si>
   <si>
     <t>Que o poder Executivo Municipal, usufruindo de suas prerrogativas, estude a possibilidade de instalar duas travessias em elevação, devidamente sinalizadas com Faixa de Pedestres e Placas de Trânsito na Rua Tupã, Bairro Geraldo Marques, a serem instaladas à altura dos nº385 e nº 525.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao81.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao81.pdf</t>
   </si>
   <si>
     <t>Que o poder Executivo Municipal, usufruindo de suas prerrogativas, estude a possibilidade de realizar correção asfáltica com tapa buracos, a extensão de toda Rua Tupinambás, sendo ponto crítico o cruzamento com a Rua Maria dos Santos.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao82.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao82.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE AUMENTAR A OFERTA DE TRANSPORTES ESCOLAR EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao83.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao83.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR INSTALAÇÃO DE REDUTOR DE VELOCIDADE (QUEBRA MOLAS) NA RUA GRACIANO RIBEIRO NA ALTURA DO NÚMERO 143, BAIRRO BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao84.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao84.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR INSTALAÇÃO DE REDUTORES DE VELOCIDADE (QUEBRA MOLAS) POR TODA EXTENSÃO DA RUA BELO HORIZONTE, BAIRRO LIBERDADE.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao85.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao85.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A REFORMA DA QUADRA DE ESPORTES DO BAIRRO SATURNINO, ВEM СOМO A CONSTRUÇÃO DE MUROS AO REDOR DA MESMA.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao86.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao86.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE DESTINAR ENFERMEIRA COORDENADORA E RECEPCIONISTA PARA UBS SANTA TEREZINНА.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao87.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao87.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE IMPLANTAR O PISO NACIONAL COMO BASE DE PAGAMENTO PARA AS CATEGORIAS DE TÉCNICO EM ENFERMAGEM, ENFERMEIROS, DENTISTAS E AUXILIARES DE SAÚDE BUCAL.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao88.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao88.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR PERFURAÇÃO DE POÇOS ARTESIANOS NOS SEQUINTES PONTOS DO DISTRITO DE GUARDA DOS FERREIROS:_x000D_
 1. COMPLEXO ESPORTIVO JOÃO LUCIO DA SILVA_x000D_
 2. SEDE DA ASMOG - ASSOCIAÇÃO DOS MORADORES DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao89.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao89.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE PROMOVER A ABERTURA DAS SEQUINTES VIAS PÚBLICAS NO DISTRITO DE GUARDA DOS FERREIROS:_x000D_
 1. RUA OSCAR SATO (RUA10), com trajeto passando pelos terrenos pertencentes aos senhores Minoru Tanaka, Noé Galvão e Zé pequeno, interligando-se à Rua Vitorino José Leonel._x000D_
 2. RUA FRANCISCO GENTIL PEREIRA (próximo a casa da Dona Marieta, do Sr. Lauro Pinto), com prolongamento em sentido ao Bairro Pantanal, conectando-se à Rua Antonio Rodrigues Neto.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao90.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao90.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE VIABILIZAR A AQUISIÇÃO, POR PARTE DO MUNICIPIO, O TERRENO LOCALIZADO NA RUA CORONEL FONTE BOA, ESQUINA COMА AVENIDA PRESIDENTE VARGAS.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/263/indicacao91.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/263/indicacao91.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE CONTRATAÇÃO DE MAIS UM TÉCNICO DE ENFERMAGEM PARA AS UNIDADES BÁSICAS DE SAÚDE (UBS) QUE ATUALMENTE CONTAM COM APENAS 1(UM) PROFISSIONAL, GARANTINDO ASSIM SUPORTE ADEQUADO, ESPECIALMENTE NA SALA DE VACINAÇÃO.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/264/indicacao92.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/264/indicacao92.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DA RETIRADA DA GRAMA NAS ÁREAS EXTERNAS DAS UNIDADES BASICAS DE SAÚDE (UBS), COM POSTERIOR CIMENTAÇÃO DO ESPAÇO E INSTALAÇÃO DE BANCOS PARA A ACOMODAÇÃO DOS PACIENTES QUE AGUARDAM ATENDIMENTO._x000D_
 UBS TAQUARIL_x000D_
 UBS BOA ESPERANÇA_x000D_
 UBS ALTO BELA VISTA/ SATURNINO_x000D_
 UBS SÃO GERALDO_x000D_
 UBS SÃO VICENTЕ_x000D_
 UBS SANTA TEREZINHА_x000D_
 UBS NOSSA SENHORA DE FATIMA</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/265/indicacao93.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/265/indicacao93.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR RECAPEAMENTO ASFÁLTICO NO CRUZAMENTO DAS RUAS RIO PARANAÍBA COM ESQUINA DA RIO SÃO JOÃO, BAIRRO SOL NASCENTE E RIO PARANAÍBA A ALTURA DOS N 297 Е 287.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/266/indicacao94.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/266/indicacao94.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE AGENTE DE SAÚDE PARA UBS AGROVILA.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao95.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao95.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A PAVIMENTAÇÃO ASFÁLTICA NOS SEGUINTES TRECHOS URBANOS:_x000D_
 RUA MINAS GERAIS - Trecho entre a Rua Sebastião Leopoldino de Souza e a Rua Dr. Jair Pinto dos Reis._x000D_
 RUA DAS GAMELEIRAS – Bairro Campestre.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao96.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao96.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE А POSSIBILIDADE DE VIABILIZAR A REALIZAÇÃO DE CAMPEONATO AMADOR DE VÔLEI DE QUADRA.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao97.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao97.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE RECAPEAMENTO ASFÁLTICO DA RUA DOS LÍRIOS, ESPECIFICAMENTE NO QUARTEIRÃO EM ANEXO AO BAIRRO SÃO VICENTE, BEM СOМO А СORREÇÃO DE NIVELAMENTO E RECUPERAÇÃO DE MEIO-FIO DA REFERIDA VIA.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao98.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao98.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O RECAPEAMENTO ASFÁLTICO NOS SEGUINTES TRECHOS VIÁRIOS:_x000D_
 1. Rua Coronel Antonio Luciano Pereira no trecho compreendido entre a Rua José Ribeiro de Souza, até a Rua Nayteres de Resende._x000D_
 2. Rua são Pio X - desde a esquina com a Avenida Rio Branco, até à esquina com a Rua Maria Leopinha do Prado.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao99.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao99.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR INSTALAÇÃO DE QUEBRA MOLAS NA AVENIDA RIO BRANCO A ALTURA DO N 817, BAIRRO SÃO VICENTE.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao100.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao100.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR RECAPEAMENTO DA RUA GERSON DUARTE COELHO EM TODA SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao101.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao101.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O RECAPEAMENTO ASFÁLTICO NA RUA ANTONIO FERREIRA DA SILVA, BAIRRO MANSÕES DO LAGO.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao102.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao102.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A REVITALIZAÇÃO DA PRAÇA LOCALIZADA NO BAIRRO SATURNINO.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao103.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao103.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, usufruindo de suas prerrogativas, estude a possibilidade de realizar instalação de quebra molas, devidamente na Rua Vicente de Paulo Castro, cruzamento com a Rua Edson Silva, Bairro Saturnino.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao104.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao104.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE FISCALIZAÇÃO E PROVIDÊNCIAS EM RELAÇÃO À PRECARIEDADE DO SANEAMENTO BÁSICO PRESTADO PELA COPASA NO MUNICÍPIO DE SÃO GOTARDO.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/277/indicacao105.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/277/indicacao105.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE CRIAÇÃO DE POLITICAS PÚBLICAS PERMANENTES VOLTADAS AO INCENTIVO E VALORIZAÇÃO DO ESPORTE AMADOR NO MUNICÍPIO._x000D_
 1. Criação de um programa municipal de incentivo ao Esporte Amador - com fornecimento de materiais esportivos, uniformes, transportes e apoio financeiro a equipes e atletas de base._x000D_
 2. Revitalização de campos e quadras esportivas - com manutenção estrutural, instalação de iluminação adequada, alambrados, pintura e vestiários.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/278/indicacao106.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/278/indicacao106.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE INTENSIFICAÇÃO DAS AÇÕES DE VISTORIA E PRESENÇA DO PODER PÚBLICO NOS BAIRROS DO MUNICÍPIO, ESPECIALMENTE POR MEIO DAS SECRETARIAS DE OBRAS, SERVIÇOS URBANOS, SAÚDE, MEIO AMBIENTE E SEGURANÇA PÚBLICA, COM ENFOQUE NAS SEQUINTES FRENTES:_x000D_
 1. Manutenção Urbana - verificação de iluminação pública, calçamento, limpeza de vias e terrenos baldios._x000D_
 2. Segurança - Reforço da articulação policial para coibir práticas ilícitas._x000D_
 3. Serviços públicos - avaliação da coleta de lixo, abastecimento de água, escoamento pluvial e conservação de áreas públicas.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao107.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao107.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE AVALIAÇÃO E POSTERIOR PROVIDÊNCIA NA PONTE LOCALIZADA SOBRE О CÓRREGO DO RETIRO, QUE DÁ ACESSO AO SITIO DO SR. WASHINGTON, NA ZONA RURAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao108.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao108.pdf</t>
   </si>
   <si>
     <t>Que o poder executivo providencie a instalação de sinaleiro (semáforo) na esquina da Rua Coronel Frederico Coelho com a Rua Gerson Coelho.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao109.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao109.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE REALIZAR A PAVIMENTAÇÃO ASFÁLTICA NO TRECHO DE SUBIDA DA ESTRADA RURAL QUE CONECTA O CÓRREGO DO BORRACHUDO À SUBESTAÇÃO.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao110.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao110.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE DESTINAR VEÍCULO, PARA TRANSPORTE DE IDA E VOLTA, AOS PACIENTES EM TRATAMENTO NO CAPS, DOS DISTRITOS EM DIREÇÃO SÃO GOTARDO, EM ESPECIAL, ATENDENDO A GRANDE DEMANDA DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao111.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao111.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE REALIZAR O RECAPEAMENTO DA EXTENSÃO DA RUA JOSÉ MALICA, NO BAIRRO BOA ESPERANÇА.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao113.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao113.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR AQUISIÇÃO DE UMA SEGUNDA BOMBA DE CAPTAÇÃO DE ÁGUA, PARA A COMUNIDADE DE ABAETÉ DOS VENÂNCIOS.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/334/114.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/334/114.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDEA POSSIBILIDADE DE RECAPEAMENTO ASFÁLTICO DA RUA PEDRO BOUGLEUX, NO BAIRRO NOSSA SENHORA DE FATIMA.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/335/115.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/335/115.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR INSTALAÇÃO DE MURETA DE PROTEÇÃO VEÍCULAR NO CANTEIRO CENTRAL DA AV. PROGRESSO / RUA A, E INSTALAÇÃO DE GUARD-RAIL EM TODA EXTENSÃO INFERIOR DA AVENIDA PROGRESSO, COM PONTOS DE REFORÇO DE BARREIRAS VERTICAIS NO ENCONTRO DA AVENIDA COM AS RUAS A, B E C, INSTERSEÇÃO DOS BAIRRO SANTA TEREZINHА E BAIRRO LIBERDADE.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/336/116.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/336/116.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE DESIGNAÇÃO DE UM VIGILANTE FIXO PARA AS SALAS DA CRECHE DO BAIRRO ÁGUAS VERTENTES, QUE PROVISORIAMENTE, ESTÃO FUNCIONANDO NA RUA TUPIS (ANTIGO SUPERMERCADO MARINA), NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/337/117.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/337/117.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A MANUTENÇÃO E REFORMA DO BANHEIRO PÚBLICO DO PRÉDIO AMARELO.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao118.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao118.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE REALIZAR O ASFALTAMENTO DO TRECHO DA RUA JOSÉ PIRES DE CAMARGOS QUE AINDA ENCONTRA SEM PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao119.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao119.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE DISPONIBILIZAR VACINAS CONTRA A RAIVA PARA PESSOAS QUE POSSUEM UM GRANDE NÚMERO DE ANIMAIS SOB SUA TUTELA E QUE ENFRENTAM DIFICULDADES PARA LEVÁ-LOS AOS PONTOS FIXOS DE VACINAÇÃO, ESPECIALMENTE AQUELAS RESIDENTES EM ÁREAS RURAIS.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/369/indicacao120.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/369/indicacao120.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE AQUISIÇÃO DE UM VEÍCULO (VAN) DO MOVCEU - MOVIMENTO DE CULTURA E EDUCAÇÃO ITINERANTE.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao121.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao121.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE CONTRATAÇÃO DE UM MÉDICO NEUROPEDIATRA PARA ATENDER À REDE MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao122.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao122.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A APRESENTAÇÃO DO ANTEPROJETO DE LEI , ANEXO, QUE VISA INSTITUIR O PROGRAMA MUNICIPAL DE APOIO À SAÚDE MENTAL NAS ESCOLAS PÚBLICAS Е DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao123.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao123.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE REALIZAR REFORMA DA PONTE DO 'CÓRREGO DO BORRACHUDO' QUE FLUI NAS IMEDIAÇÕES DESTE MUNICÍPIO, UMA VEZ QUE PARTE DELA SE ENCONTRA SUBMERSA E CAUSANDO ALAGAMENTOS EM PERÍODOS DE CHUVAS, POSTO QUE INTERFERE NO ESCOAMENTO NATURAL DA ÁGUA CONCENTRANDO-A E PROVOCANDO O TRANSBORDAMENTO, RESULTANDO NA INUNDAÇÃO.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/390/indicacao124.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/390/indicacao124.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE AА POSSIBILIDADE DE REALIZAR A INSTALAÇÃO DE LIXEIRAS GRANDES NAS PRAÇAS CENTRAIS, NOS DOIS BLOCOS DA PRAÇA SÃO SEBASTIÃO E NA PRAÇA SAGRADOS CORAÇÕES.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/391/indicacao125.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/391/indicacao125.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR ADEQUAÇÕES DE ACESSIBILIDADE, COMO NOVAS RAMPAS CORRIMÕES NO CANTEIRO DA AVENIDA BRASIL( ESCADARIAS DE TRAVESSIA E RAMPAS).</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>ZÉ EUGÊNIO ZÉ DO ADELIO</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/392/indicacao126.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/392/indicacao126.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR A INSTALAÇÃO DE TRÊS POSTES DE ENEREGIA ELÉTRICA COM ILUMINAÇÃO PÚBLICA NA RUA SÃO JOSÉ, BAIRRO PANTANAL, DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/405/indicacao_no_127_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/405/indicacao_no_127_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR CALÇAMENTO INTEGRAL DAS VIAS HABITADAS DA VILA FUNCHAL.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/406/indicacao_no128_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/406/indicacao_no128_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR INSTALAÇÃO DE QUEBRA MOLAS, COM FAIXA REFLETIVA, E AS DEVIDAS PLACAS SINALIZADORAS, NA RUA FREI PAULINO A ALTURA DO Nº 511, BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_no_129_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_no_129_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE REALIZAR A CONSTRUÇÃO DE MAIS (02) DUAS SALAS NO CMEI (CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL) PRIMEIROS PASSOS, SITUADO A RUA JUCA ILÍA, Nº 21, BAIRRO BOA ESPERANÇA, COM O PROPÓSITO DE AUMENTAR VAGAS PARA ACOLHIMENTO DAS CRIANÇAS EM SUPORTE AS SUAS FAMÍLIAS TRABALHADORAS, DESTA FORMA ATENDENDO A POPULAÇÃO E CONTRIBUINDO COM OS CUIDADOS E DESENVOLVIMENTO INFANTIL.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_no_130_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_no_130_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR CORREÇÕES E ALTERAÇÕES VIÁRIAS NA RUA TUPÃ, BAIRRO SÃO GERALDO/SANTA TEREZINHA, COM APLICAÇÃO DE TACHAS REFLEXIVAS BIDIRECIONAIS.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_no_131_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_no_131_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR RECAPEAMENTO ASFÁLTICO E INSTALAÇÃO DE SINALIZAÇÃO HORIZONTAL E VERTICAL NO DISTRITO DE GUARDA DOS FERREIROS, EM ESPECIAL, NAS RUAS IVO CRISTINO EM TODA SUA EXTENSÃO; RUA VIRGÍLIO INÁCIO, A ALTURA DOS Nº 224 E 425; RUA JOÃO MIGUEL DOS REIS, A ALTURA DO Nº 189; E NA RUA JOSÉ NELSON, VIA LATERAL PRÓXIMO AO CMEI DIORGINA E AO LADO DO COMPLEXO ESPORTIVO JOÃO LÚCIO.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/425/indicacao_132.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/425/indicacao_132.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE CONTRATAÇÃO DE MÉDICO E CIRURGIÃO DENTISTA PARA A UNIDADE BÁSICA DE SAÚDE (UBS) NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/426/indicacao_133.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/426/indicacao_133.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE AVALIAÇÃO E POSTERIOR ALARGAMENTO DA VIA RURAL QUE LIGA O SITIO GEMA DE OURO/SITIO DOS SONHOS.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/427/indicacao_134.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/427/indicacao_134.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE AMPLIAÇÃO DA REDE DE ENERGIA ELÉTRICA DE ILUMINAÇÃO NO INTERIOR DO CEMITÉRIO MUNICIPAL, E CALÇAMENTO DAS VIAS INTERNAS DO CEMITÉRIO.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_135.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_135.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE INCLUSÃO NO PLANEJAMENTO DE 2026, O RECAPEAMENTO DA RUA DOM SILVÉRIO, LOCALIZADA NO BAIRRO ALTO BELA VISTA, COM AS DEVIDAS CORREÇÕES NA DRENAGEM PLUVIAL E IMPLANTAÇÃO DE SARJETAS AO LONGO DA VIA.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/429/indicacao_136.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/429/indicacao_136.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR OPERAÇÃO TAPA BURACOS NAS RUAS: ANTONIO QUIRINO, CUJO RECAPEAMENTO FICOU AUSENTE EM ALGNS TRECHOS POR FALTA DE MATERIAL A ÉPOCA; RUAS CASTORINA DE JESUS, ILARIO ALBINO, LINDALVA FRANCO MESQUITA, VEREADOR FERNANDO PESSOA, SENHÔ GINIÔ, GRACIANO RIBEIRO E JOSÉ EUSTÁQUIO TEIXEIRA, TODAS EM SUA INTEGRALIDADE, NO BAIRRO BOA ESPERANÇA; RUA JUCÁ ILIA, ATRAS DO PSF BOA ESPERANÇA; AVENIDA VEREADOR ANTONIO INACIO DA SILVA A ALTURA DO SUPERMERCADO SÃO SEBASTIÃO E AVENIDA NOSSA SENHORA DA ABADIA, A ALTURA DO N 571, ALTO BELA VISTA, E AINDA A_x000D_
 IMPLEMENTAÇÃO DE REDE PLUVIAL NO BAIRRO BOA ESPERANÇA COMO MEDIDA PERMANENTE DE MELHORIA DO DESGASTE ASFÁLTICO PELA CHUVA.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/430/indicacao_137.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/430/indicacao_137.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A SUBSTITUIÇÃO DO CALÇAMENTO DE BLOQUETES POR PAVIMENTAÇÃO ASFÁLTICA NA RUA JOSÉ CÂNDIDO DOMINGOS, BAIRRO CAMPESTRE, NO TRECHO COMPREENDIDO ENTRE A AVENIDA TABELIÃO JOÃO LOPES E RUA DR. JOAQUIM DOS SANTOS SIQUEIRA.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/431/indicacao_138.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/431/indicacao_138.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A SUBSTITUIÇÃO DO CALÇAMENTO DE BLOQUETES POR PAVIMENTAÇÃO ASFÁLTICA EM TODA A EXTENSÃO DAS RUAS PAINEIRAS, BAIRRO CAMPESTRE E RUA JOÃO ALVES FRANCO, BAIRRO NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_139.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_139.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A SUBSTITUIÇÃO DO CALÇAMENTO DE BLOQUETES POR PAVIMENTAÇÃO ASFÁLTICA EM TODA A EXTENSÃO DAS RUAS DOM BOSCO E RUA HORÁCIO LACERDA MAIA, BAIRRO ALTO BELA VISTA.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_140.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_140.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A APRESENTAÇÃO DO ANTEPROJETO DE LEI, ANEXO, QUE VISA A CRIAÇÃO DO CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DOS ANIMAIS – CMPDA.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_141.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_141.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR CORREÇÃO DO SISTEMA DE ESCOAMENTO PLUVIAL DA RUA JOSÉ MALICA, BAIRRO BOA ESPERANÇA, COM CONSTRUÇÃO DE CANALETA PROFUNDA PARA ESCOAMENTO E/OU SOLUÇÃO TÉNICA DE MELHOR FUNCIONAMENTО.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_142.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_142.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A CORREÇÃO DA VIA RURAL QUE LIGA O MUNICIPIO A ZONA RURAL "DOS CAMPOS", COM SUBSTITUIÇÃO DAS MANILHAS APARENTES QUEBRADAS E CALÇAMENTO OU CASCALHAMENTO DA VIA.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao143.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao143.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE ALTERAR AS FÉRIAS DOS SERVIDORES PÚBLICOS MUNICIPAIS DE 30 DIAS CORRIDOS PARA 25 DIAS ÚTEIS.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao144.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao144.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A VIABILIDADE DA CRIAÇÃO DE UM HOSPITAL PÚBLICO_x000D_
 VETERINÁRIO NO MUNICÍPIO DE SÃO GOTARDO/MG.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao145.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao145.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR INSTALAÇÃO DE QUEBRA MOLAS, COM FAIXA REFLETIVA, E AS DEVIDAS PLACAS SINALIZADORAS, NA RUA JOSÉ FERREIRA DE SOUZA (EM FRENTE AO BAR DO VARDO E ANTIGA APAE) BAIRRO SÃO VICENTE.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao146.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao146.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR INSTALAÇÃO DE QUEBRA MOLAS, COM FAIXA REFLETIVA, E AS DEVIDAS PLACAS SINALIZADORAS, NA RUA AVENIDA PRESIDENTE VARGAS, CENTRO, EM FRENTE AO VILLA HAYASHI ESQUINA COM INSTITUTO DE OLHOS.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao147.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao147.pdf</t>
   </si>
   <si>
     <t>Que o poder Executivo Municipal, usufruindo de suas prerrogativas, estude a possibilidade de realizar correção asfáltica com recuperação de todos os quebra-molas já existentes situados na rua São Pio X, e construção de travessias em elevação a altura dos nº 75 e 51, nesta mesma localidade, com toda sinalização horizontal e vertical.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao148.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao148.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A NOTIFICAÇÃO DO LOTEADOR DO BAIRRO ECOVILLAGE, PARA QUE PROVIDENCIE A LIMPEZA E PRESERVAÇÃO DAS VIAS AINDA QUE EM FASE DE CONSTRUÇÃO.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao149.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao149.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR MANILHAMENTO DA REDE PLUVIAL DO BAIRRO TAQUARIL, EM ESPECIAL, RUA OLIMPIO GONÇALVES DE RESENDE, A ALTURA DO № 894.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao150.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao150.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE REALIZAR O RECAPEAMENTO ASFÁLTICO NA RUA WALDEMAR BELARMINO, LOCALIZADA NO BAIRRO ALTO BELA VISTA.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao151.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao151.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR A LIGAÇÃO DAS VIAS ANTONIO GARCIAS DA SILVA - RUA PERIMETRAL Á TRAVESSA PADRE KERDOLE, CRIANDO ANEL VIÁRIO ENTRE OS BAIRROS VILA LUCIANA, RESIDENCIAL GARCIA E CENTRO.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao152.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao152.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE INSTALAÇÃO DE UM MATA-BURRO NA ESTRADA RURAL QUE DÁ ACESSO AO SÍTIO GEMA DE OURO E A OUTRAS PROPRIEDADES DA REGIÃO.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao153.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao153.pdf</t>
   </si>
   <si>
     <t>ESTUDE A POSSIBILIDADE DE RETOMAR, E COMPUTAR TODAS AS CONTAGENS DE TEMPO, PARA FINS DE CARREIRA, DOS SERVIDORES PÚBLICOS E QUE ESTES PERÍODOS SEJAM RELACIONADOS TAMBÉM PARA AQUISIÇÃO DE QUINQUÊNIO, TRINTENÁRIO, FÉRIAS-PRÊMIO E OUTROS DIREITOS DESTES SERVIDORES, QUE POR FORÇA DA LEI COMPLEMENTAR 173/2020 TENHAM SIDO SUPRIMIDOS.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao154.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao154.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE AQUISIÇÃO DE UM MICRO-ÔNIBUS ADAPTADO PARA O TRANSPORTE DE ALUNOS DA APAE (ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS) DESTE MUNICÍPIO, DEVIDAMENTE EQUIPADO PARA ATENDER TAMBÉM PESSOAS COM DEFICIÊNCIA FÍSICA E CADEIRANTES.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao155.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao155.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR ALTERAÇÃO NO SENTIDO DE TRAFEGAÇÃO DA RUA CORONEL FREDERICO COELHO ENTRE OS Nº 23 (CRUZAMENTO COM A AV. 30 DE SETEMBRO) E N 361 (CRUZAMENTO COM A RUA TIRADENTES).</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/491/indicacao156.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/491/indicacao156.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR A AMPLIAÇÃO DOS ATENDIMENTOS DE HEMODIÁLISE AOS PACIENTES RENAIS.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/492/indicacao157.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/492/indicacao157.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A APRESENTAÇÃO DO ANTEPROJETO DE LEI, ANEXO, QUE VISA INSTITUIR O A OFERTA DE SERVIÇOS DE TRADUTOR E INTÉRPRETE DA LÍNGUA BRASILEIRA DE SINAIS (LIBRAS) COMO MEDIDA DE ACESSIBILIDADE PARA ALUNOS COM DEFICIÊNCIA AUDITIVA NAS INSTITUIÇÕES DE ENSINO PÚBLICAS E PRIVADAS DO_x000D_
 MUNICÍPIO DE SÃO GOTARDO, CRIANDO ESTES CARGOS NO QUADRO DE PESSOAL DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao158.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao158.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, REALIZE ESTUDOS DE FLUXO DE CAIXA PARA VERIFICAR POSSIBILIDADE DE IMPLEMENTAÇÃO DE NOVA POLÍTICA DE PAGAMENTO, FIXANDO O PRIMEIRO DIA ÚTIL DE CADA MÊS SUBSEQUENTE AO TRABALHADO COMO DATA OFICIAL PARA O CRÉDITO DOS VENCIMENTOS DE TODOS OS FUNCIONÁRIOS DO PODER EXECUTIVO, SEJAM ELES SERVIDORES PÚBLICOS CONCURSADOS OU CONTRATADOS.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/494/indicacao159.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/494/indicacao159.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REGULAMENTAR A EMISSÃO DE ATESTADOS MÉDICOS E DECLARAÇÕES DE COMPARECIMENTO NAS UNIDADES DE PRONTO ATENDIMENTO (UPA) E UNIDADES BÁSICAS DE SAÚDE (UBS) DO MUNICÍPIO UTILIZANDO O SISTEMA DE TRIAGEM DE MANCHESTERCOMO CRITÉRIO OBJETIVO PARA A EMISSÃO DOS REFERIDOS DOCUMENTOS.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao_160_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao_160_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR RECONSTRUÇÃO DO APARATO DE USO DA PRAÇA SÃO GERALDO, EM FRENTE A IGREJA SÃO GERALDO, COM A RECONSTRUÇÃO DE BANCOS, CALÇAMENTO E MEIOS FIOS, REPLANTIO DE JARDIM, E AINDA A CONSTRUÇÃO DE COBERTURA - SOL/CHUVA PARA ABRIGO TEMPORÁRIO DOS TRANSEUNTES DA PRAÇA.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_161_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_161_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE E DE REALIZAR EM CARÁTER DE URGÊNCIA A LIMPEZA GERAL E REMOÇÃO DE ENTULHOS; DESOCUPAÇÃO E REINTEGRAÇÃO DE POSSE, LACRAÇÃO E CERCAMENTO SEGURO E FISCALIZAÇÃO AMBIENTAL E DE POSTURAS No IMÓVEL PÚBLICO MUNICIPAL SITUADO NOS FUNDOS DO ALMOXARIFADO CENTRAL, COM ACESSO PELA TRAVESSA PADRE KERDOLE (OU RUA PADRE KERDOLE), NO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/507/indicacao_162_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/507/indicacao_162_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR RECAPEAMENTO ASFÁLTICO NO BAIRRO RESIDENCIAL GARCIA, EM ESPECIAL NAS RUAS CURITIBA, FLORIANOPOLIS E RIO DE JANEIRO.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao_163_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao_163_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR PAGAMENTO DE BONIFICAÇÃO NATALINA AOS SERVIDORES PÚBLICOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_164_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_164_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR ABONO (RATEIO) DOS VALORES DESTINADOS AO FUNDEB EXCEDENTES ENTRE OS PROFISSIONAIS DA SECRETARIA DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_165_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_165_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR CAPACITAÇÃO CONTINUADA EM EDUCAÇÃO INCLUSIVA VOLTADO A TODOS OS SERVIDORES DA REDE MUNICIPAL DE ENSINO.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_166_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_166_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USUFRUINDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE IMPLEMENTAR INSTALAÇÃO DE QUEBRA MOLAS NO TRECHO COMPREENDIDO ENTRE O TREVO E O DISTRITO DE GUARDA DOS FERREIROS NOS MOLDES PREVISTOS PELO CONTRAN.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_167_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_167_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A CONTRATAÇÃO DE PROFISSIONAIS MÉDICOS PARA "COBERTURA" DE FÉRIAS , VIABILIZANDO ATENDIMENTO MÉDICO EM PERÍODOS DE AFASTAMENTO E/OU AUSÊNCIA DO PROFISSIONAIS LOTADOS NA UNIDADE.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_168_20251204_130653.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_168_20251204_130653.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A CRIAÇÃO DO CENTRO DE ACOLHIMENTO PROVISÓRIO ANIMAL.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/514/indicacao_169_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/514/indicacao_169_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE IMPLEMENTAR ESTACIONAMENTO UNILATERAL NA AVENIDA FRANCISCO RESENDE FILHO, BAIRRO BOA ESPERANÇA ENTRE OS Nº 35 E 480 9  (DA FACULDADE CESG ATÉ O BAR DO BAIANO)</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao170.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao170.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE ADOTAR MEDIDAS PARA A REGULAMENTAÇÃO PLENA E FISCALIZAÇÃO EFETIVA DO TRANSPORTE POR APLICATIVOS NO MUNICIPIO, OBJETIVANDO IMPEDIR QUE PLATAFORMAS SEM CREDECIAMENTO MUNICIPAL ATUEM NO TRANSPORTE PARTICULAR IRREGULARMENTE.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao171.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao171.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR DISPONIBILIZAÇÃO DE TROCADORES E FRALDÁRIOS EM TODAS UNIDADES BÁSICAS DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao172.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao172.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR A CONSTRUÇÃO E IMPLEMENTAÇÃO DE UM RESTAURANTE POPULAR EM SÃO GOTARDO/MG.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao173.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao173.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A IMPLEMENTAÇÃO DE UMA POLÍTICA PÚBLICA ESTRUTURADA PARA O ENFRENTAMENTO DO CAPACITISMO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao174.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao174.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE REALIZAR UM LEVANTAMENTO TÉCNICO E JURÍDICO ABRANGENTE DE TODA A LEGISLAÇÃO MUNICIPAL VIGENTE, NO ÂMBITO DO MUNICIPIO DE SÃO GOTARDO, СОМ О ОВJETIVO DE IDENTIFICAR NORMAS OBSOLETAS, SEM EFICÁCIA, SEM RELEVANCIA ATUAL OU EM DESUSO PARA QUE SEJAM REVOGADAS OU CONSOLIDADAS.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao175.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao175.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL USANDO DE SUAS PRERROGATIVAS ESTUDE A POSSIBILIDADE DE PROMOVER A AQUISIÇÃO E INSTALAÇÃO DE UM GERADOR DE ENERGIA ELÉTRICA PARA O PRONTO SOCORRO MUNICIPAL, QUE ATUALMENTE PASSA POR REFORMAS E MELHORIAS, E NÃO_x000D_
 DISPÕE DESSE EQUIPAMENTO ESSENCIAL.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao176.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao176.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A VIABILIDADE DE INSTITUIR O PROGRAMA “TRANSPARÊNCIA_x000D_
 CIDADÃ NOS BAIRROS” NO ÂMBITO DO MUNICÍPIO DE SÃO GOTARDO.</t>
   </si>
   <si>
     <t>SPLO</t>
   </si>
   <si>
     <t>Substitutivo Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/24/1o_substitutivo_ao_projeto_de_lei_09_-2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/24/1o_substitutivo_ao_projeto_de_lei_09_-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA MUNICIPAL DE PARCERIAS PÚBLICO-PRIVADAS E CONCESSÕES DE SÃO GOTARDO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/51/subprojeto12_20250624_125436.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/57/subprojeto24_20250624_174005.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/51/subprojeto12_20250624_125436.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/52/subprojeto20_20250624_132100.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/57/subprojeto24_20250624_174005.pdf</t>
   </si>
   <si>
     <t>Institui o Dia do Nordestino no Município de São Gotardo, e dá outras providências.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/328/subprojeto36_20250820_141900.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/328/subprojeto36_20250820_141900.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a instituir o Programa Municipal de Apoio à Saúde Mental nas Escolas Públicas e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/74/subprojeto38_20250701_151910.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/74/subprojeto38_20250701_151910.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de São Gotardo/ MG, a Semana da Maternidade Atípica, a ser comemorada na terceira semana de abril, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/75/subprojeto39_20250701_142707.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/75/subprojeto39_20250701_142707.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o momento da designação preliminar de nomenclatura para vias públicas em fase de loteamento no Município de São Gotardo/MG, de acordo com a Lei Municipal 1977/2013 e dá outras providências.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/280/subprojeto40_20250715_135708.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/280/subprojeto40_20250715_135708.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de sistema único de cadastro para doação de sobras de materiais de construção oriundos de construtoras e obras particulares para edificação de moradias para a população carente.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/319/subprojeto64_20250820_132907.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/319/subprojeto64_20250820_132907.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Conforto Acústico e Inclusão Sensorial no Ambiente Escolar, denominada "Lei Samuel Henrique", e dá outras providências.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/413/substitutivoprojeto68_20251017_164412.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/413/substitutivoprojeto68_20251017_164412.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGIME DE ADIANTAMENTO DE PEQUENAS DESPESAS NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE SÃO GOTARDO/MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/414/substitutivoprojeto69_20251017_164138.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/414/substitutivoprojeto69_20251017_164138.pdf</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/415/substitutivoprojeto70_20251017_164641.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/415/substitutivoprojeto70_20251017_164641.pdf</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/454/subprojeto94_20251028_132528.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/454/subprojeto94_20251028_132528.pdf</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/446/subprojeto96_20251028_131311.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/446/subprojeto96_20251028_131311.pdf</t>
   </si>
   <si>
     <t>Institui o Mês "Fevereiro Roxo" no calendário oficial do Município de São Gotardo, dedicado à conscientização sobre a Fibromialgia, e estabelece seu símbolo oficial.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/447/subprojeto98_20251028_131140.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/447/subprojeto98_20251028_131140.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal da Pessoa com Deficiência e a Semana Municipal de Conscientização, Inclusão e Cidadania da Pessoa com Deficiência no Município de São Gotardo.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/517/subprojeto106.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/517/subprojeto106.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes de Ordenamento do Espaço Territorial e as Condições de Segurança da Fiação Aérea e Infraestrutura de Suporte em Vias e Logradouros Públicos do Município de São Gotardo, e dá outras providências.</t>
   </si>
   <si>
     <t>SLC</t>
   </si>
   <si>
     <t>Substitutivo Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/32/1o_substitutivo_ao_projeto_de_lei_complementar_no_19_de_27_de_fevereiro_de_2025.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/55/subprojeto25_20250624_170101.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/32/1o_substitutivo_ao_projeto_de_lei_complementar_no_19_de_27_de_fevereiro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/55/subprojeto25_20250624_170101.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REORGANIZAÇÃO DO PLANO DE CARGOS, CARREIRA E VENCIMENTOS DA CÂMARA MUNICIPAL DE SÃO GOTARDO - MINAS GERAIS E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/54/subprojeto26_20250624_164925.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/54/subprojeto26_20250624_164925.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA DA CÂMARA MUNICIPAL DE SÃO GOTARDO</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/477/2subprojetocom126.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/477/2subprojetocom126.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO E CRIA NOVOS ARTIGOS NO CÓDIGO TRIBUTÁRIO DE SÃO GOTARDO/MG, LEI MUNICIPAL Nº 1369, DE 17 DE DEZEMBRO DE 1998 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PRO</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/79/01.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/79/01.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE INSTALAR CAÇAMBAS COLETORAS DE LIXO NA REGIÃO DO “BORRACHUDO" CHACREAMENTO LOCALIZADO PRÓXIMO AO ALTO DA SUBESTAÇÃO E NA REGIÃO DO CÓRREGO DO RETIRO.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/80/02.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/80/02.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O ACESSO AOS BAIRROS GERALDO MARQUES, SANTA TEREZINHA E BAIRRO LIBERDADE, SENDO ABERTO O ACESSO NA INTERCESSÃO ENTE RUA CARIJÓS, AVENIDA BRASIL PISTA PRINCIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/81/03.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/81/03.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR NA RUA DAS CAMÉLIAS ALTURA DO N° 450, EM FRENTE A EMPRESA RABELO E MARTINS, A CRIAÇÃO DE UM QUEBRA MOLAS COM FAIXA REFLETIVA DE PEDESTRES.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/82/04.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/82/04.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE ALTERAR O VEICULO A DISPOSIÇÃO DA HEMODIÁLISE MUNICIPAL, DISPONIBILIZANDO UMA VAN 16 (DEZESSEIS) LUGARES ADAPTADA PARA CADEIRANTES A ESTE SERVIÇO.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/83/05.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/83/05.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE CONTACTAR O SETOR RESPONSÁVEL PARA FISCALIZAR E INSTALAR PLACAS DE PROIBIDO ESTACIONAR NA RUA JOSÉ ALVES FRANCO, BAIRRO NOSSA SENHORA DE FÁTIMA, EM FRENTE A TRANSPORTADORA LAVANI LTDA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/84/06.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/84/06.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE FISCALIZAR OS VEÍCULOS DE GRANDE PORTE QUE ESTÃO ESTACIONANDO E PERNOITANDO NA PRAÇA JOSÉ ANSELMO SANTANA E NA AVENIDA HERMENEGILDO JOSÉ DE OLIVEIRA EM GUARDA DOS FERREIROS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/85/07.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/85/07.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A LIMPEZA DOS LOTES LOCALIZADOS NA RUA RIO SÃO FRANCISCO, BAIRRO NOSSA SENHORA APARECIDA, BEМ СОМО TODOS OS LOTES VAGOS NAS PROXIMIDADES OU QUE NOTIFIQUE OS PROPRIETÁRIOS DOS TERRENOS PARA FAZER A DEVIDA LIMPEZA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/86/08.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/86/08.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A LIMPEZA DOS BOLSÕES INSTALADOS NA ESTRADA RURAL SITUADA A MARGEM (FUNDOS) DOS BAIRROS GERALDO MARQUES, LIBERDADE E SANTA TEREZINHA. NA OPORTUNIDADE, REQUER SEJA ESTUDADA AINDA A VIABILIDADE DE CONSTRUÇÃO DE UMA VALA EXATAMENTE NA DENOMINADA CURVA DO “S" VISANDO OBSTRUIR A ENTRADA DE VEÍCULOS. NOS BOLSÕES ABAIXO E ACIMA OBSTRUIR COM ALTEAMENTO COM TERRA E LIMPAR O ESGOTO PARA FACILITAR A ENTRADA DE ÁGUA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/87/09.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/87/09.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O ACESSO DA AVENIDA EROTIDES BATISTA PARA A AVENIDA AIRTON SENNA, VIA LATERAL DE ACESSO AO DISTRITO INDUSTRIAL WILSON PEDROSO. INCLUINDO OBRAS DE PAVIMENTAÇÃO E_x000D_
 MODIFICAÇÃO DA REDE ELETRICA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/88/10.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/88/10.pdf</t>
   </si>
   <si>
     <t>Que sejam adotadas as medidas necessárias para a realização de um leilão público de veículos e máquinas antigos que se encontram inservíveis e_x000D_
 paradas no pátio da Prefeitura Municipal de São Gotardo/MG.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/89/11.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/89/11.pdf</t>
   </si>
   <si>
     <t>Que о órgão competente do poder executivo municipal estude a possibilidade de viabilizar o funcionamento do castra móvel.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/90/12.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/90/12.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR O RECAPEAMENTO ASFÁLTICO NO BAIRRO LIBERDADE COM URGÊNCIA, EM ESPECIAL,RUA VITÓRIA, Á ALTURA DOS Nº 138; 176; 206; 226; 246.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/91/13.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/91/13.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A LIMPEZA, PODA CAPINA E DETETIZAÇÃO (COQUEIROS) NO CANTEIRO CENTRAL DA AVENIDA NOSSA SENHORA DE FÁTIMА EM ТОDA SUA EXTENSÃO. ALEM DISSO A INSTALAÇÃO DE UMA LIXEIRA COMUNITARIA, PRINCIPALMENTE NOS ARREDORES DA IGREJA NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/92/14.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/92/14.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR PAVIMENTAÇÃO DO TRECHO NÃO ASFALTADO ( EM FRENTE AO LOTEAMENTO) SITUADO ENTRE SÃO GOTARDO E O DISTRITO DE CAPELINHA DO ABAETÉ.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/93/15.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/93/15.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A PAVIMENTAÇÃO DA CONTINUAÇÃO DA RUA FRANCISCO FREDERICO DE OLIVEIRA, ВЕМ СОМO A REVITALIZAÇÃO E ILUMINAÇÃO DA PRAÇA DO LOTEAMENTO NOVO HORIZONTE, INCLUINDO O CANTEIRO ONDE FOI INSTALADA A PÉTALA DE ILUMINAÇÃO NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/94/16.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/94/16.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A CONSTRUÇÃO DO CANTEIRO CENTRAL, PAVIMENTAÇÃO, E URBANIZAÇÃO DO FINAL DA RUA FRANCISCO GENTIL, PROXIMO A CASA DA DONA MARIETA (SR. LAURO PINTO) ESQUINA COM A RUA 8 (OITO) NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/95/17.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/95/17.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A LIMPEZA, PODA E CAPINA DA AVENIDA VEREADOR ANTÔNIO INÁCIO DA SILVA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/96/18.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/96/18.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A ILUMINAÇÃO DA PRAÇA SÃO SEBASTIÃO EM SUAS DUAS LATERAIS COM REFLETORES DE 1000W CADA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/97/19.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/97/19.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O ASFALTAMENTO COMPLETO COM COBERTURA DE BURACOS E SE POSSÍVEL A REDE PLUVIAL DA RUA JOSÉ ALVES FRANCO, EM ESPECIAL, PROXIMO A UNIDADE DE SAÚDE BÁSICA DO BAIRRO SÃO VICENTE, E EM FRENTE AO NÚMERO 1297.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/98/20.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/98/20.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A CONSTRUÇÃO DE QUEBRA-MOLAS COM FAIXA REFLETIVA, NA AVENIDA TOCANTINS A ALTURA DO № 900.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/99/21.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/99/21.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O RECAPEAMENTО, ALARGAMENTO E REVITALIZAÇÃO DO CANTEIRO CENTRAL DA VIA LATERAL CONHECIDA COMO JOSÉ BERNARDES FILHO DO TREVO DA AVENIDA BRASIL (TRIKEL, COPAVE) ATÉ AO TREVO DO PARQUE DE EXPOSIÇÕES, SEGUINDO ATE A ENTRADA DO CORREGO DO RETIRO (CASA DE FESTAS VOVÔ FELICIO).</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/100/22.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/100/22.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE SOLICITAR A WM MANUTENÇÕES ELÉTRICAS, QUE FAÇA UMA TRIAGEM EM TODA A REDE DE ILUMINAÇÃO PUBLICA NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/101/23.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/101/23.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A IMPLEMENTAÇÃO DE MEDIDAS QUE VISA AUMENTAR A SEGURANÇA E A ORGANIZAÇÃO DO COMPLEXO ESPORTIVO JOÃO LUCIO DA SILVA NETO, NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/102/24.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/102/24.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O SENTIDO DE MAO ÚNICA NA RUA SÃO JOSÉ, NUMERO 242, BAIRRO ALTO BELA VISTA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/103/25.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/103/25.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A PODA NOS LOTES PÚBLICOS, BEM СОМО РARA QUE NOTIFIQUE OS PROPRIETÁRIOS DE LOTES PARTICULARES PARA REALIZAREM A PODA DE SUAS PROPRIEDADES SOB PENA DE MULTA, NOS TERMOS DA LEI N 1965 DE 04 DE JUNHO DE 2013</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/104/26.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/104/26.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O DIALOGO COM A DIOCESE DE PATOS DE MINAS, REPRESENTADO PELO BISPO DOM CLAUDIO, VISANDO UMА NEGOCIAÇÃO REFERENTE AOS TERRENOS PERTENCENTES À IGREJA PADROEIRA NOSSA SENHORA DA ABADIA, PARA UMА REGULARIZAÇÃO FUNDIÁRIA E CONSEQUENTEMENTE ESTAR DIALOGANDO COM A COPASA, SOBRE SANEAMENTO BÁSICO (AGUA TRATADA E REDE ESGOTO) NA COMUNIDADE DE CAPELINHA DO АВАЕТE.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/105/27.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/105/27.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A MANUTENÇÃO (LIMPEZA, PODA, CAPINA) E A IMPLENTAÇÃO DO OLHO VIVO, E SEGURANÇAS PARA O PARQUE DOS IPÊS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/106/28.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/106/28.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR MUDANÇA DE TRAFEGO (SENTIDO ÚNICO) NA RUA OSCAR SATO, CONHECIDA COMO RUA 10, DA ESQUINA DA RUA PROFESSORA SONIA CRISTINA, ATÉ A ESQUINA DA TRAVESSA DEZ, NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/107/29.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/107/29.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR ESCLARECIMENTOS FRENTE AO AUMENTO DAS RECLAMAÇÕES DE USUÁRIOS DA SAÚDE MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/108/30.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/108/30.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A RETIRADA DE ANIMAIS (CÃES) AGRESSIVOS EM VIA PUBLICA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/109/31.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/109/31.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR UM REDUTOR DE VELOCIDADE NA RUA DAS GRAVIOLAS, ESQUINA COM A RUA DOS PEQUIS, BAIRRO LIRIOS DO CAMPO.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/110/32.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/110/32.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR UMA COBERTURA E/OU TOME AS MEDIDAS CABÍVEIS SOBRE O ESPAÇO QUE ESTA SENDO OCUPADO PELO AMBULATÓRIO MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/111/33.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/111/33.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR INSTALAÇÃO DE TRAVESSIA ELEVADA COM REDUTOR DE VELOCIDADE NAS RUAS AVENIDA RUI BARBOSA ALTURA DO Nº 06 ( SUPERMERCADO MINEIRÃO – IGREJA MATRIZ) E AVENIDA RIO BRANCO A ALTURA DO Nº 42 ( SUPERMERCADO MINEIRÃO - SORVETERIA CHIQUINHO)</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/112/34.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/112/34.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A CONSTRUÇÃO DE MEIO FIO E REESTRUTURAÇÃO VIÁRIA NA RUA 30 DE SETEMBRO, A ALTURA DA PONTE QUE LIGA O BAIRRO CENTO AO BAIRRO ALTO BELA VISTA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/113/35.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/113/35.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A INSTALAÇÃO DE RAMPA ELEVADA NA RUA CORONEL FONTE BOA, CRUZAMENTO COM A RUA 30 DE SETEMBRO, COM AS DEVIDAS PLACAS SINALIZADORAS DE TRÂNSITO.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/114/36.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/114/36.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR URGENTE A REFORMA E/OU REALOCAÇÃO_x000D_
 DA UNIDADE BASICA DE SAUDE, BAIRRO TAQUARIL - UBS TAQUARIL.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/115/37.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/115/37.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR UM MUTIRÃO PARA ATENDIMENTOS DE ORTOPEDIA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/116/38.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/116/38.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A PODA CAPINA E MELHORIAS NA ILUMINAÇÃO NAS PRAÇAS DO BAIRRO RESIDENCIAL GARCIA, E JARDIM PALMEIRAS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/117/39.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/117/39.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR UMA LOMBADA NA RUA JOÃO ALVES DE SOUZA, DE FRENTE AO NUMERO 61, PROXIMO A UBS-SATURMINO.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/118/40.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/118/40.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR DESIGNAÇÃO DE UM PROFISSIONAL, QUE SEJA RESPONSÁVEL PELA MANUTENÇÃO E CONSERVAÇÃO DAS PRAÇAS REVITALIZADAS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/119/41.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/119/41.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A PODA E LIMPEZA EM AREAS LOCALIZADAS NO BAIRRO SATURNINO PEREIRA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/120/42.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/120/42.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A IMPLEMENTAÇÃO DE UM PROTOCOLO NAS UNIDADES BÁSICAS DE SAÚDE (UBS) QUE COMPROVE JUNTO AO USUÁRIO, A ENTREGA DE ENCAMINHAMENTOS PARA CIRURGIAS, EXAMES, CONSULTAS OU QUALQUER OUTRO AGENDAMENTO.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/121/43.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/121/43.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A CRIAÇÃO DE UM ACESSO ENTRES AS RUAS RAFAEL BATISTA LEITE E OSCAR RIBEIRO, LIGANDO-AS À AVENIDA ARISTIDES CESÁRIO OLIVEIRA, NO BAIRRO SATURNINO PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/122/44.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/122/44.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR UM REDUTOR DE VELOCIDADE NA RUA SÃO PEDRO, EM FRENTE À CRECHE, NO BAIRRO SATURNINO PEREIRA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/123/45.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/123/45.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A PINTURA DE QUEBRA-MOLAS E FAIXAS DE PEDESTRES EM NA AREA DO DISTRITO DE GUARDA DOS FERREIROS NAS SEGUINTES VIAS: RUA AS DE OURO - RUA OSCAR SATO - AVENIDA HERMENEGILDO JOSÉ DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/124/46.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/124/46.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A PINTURA DE QUEBRA-MOLAS E FAIXAS DE PEDESTRES EM NAS SEGUINTES VIAS:_x000D_
 AVENIDA TABELIÃO JOÃO LOPES_x000D_
 AVENIDA RIO BRANCO_x000D_
 AVENIDA RUI BARBOSA_x000D_
 AVENIDA PREFEITO EROTIDES BATISTA_x000D_
 AVENIDA PRESIDENTE VARGAS_x000D_
 AVENIDA BIAS FORTES_x000D_
 AVENIDA BRASIL_x000D_
 RUA BENTO FERREIRA DOS SANTOS_x000D_
 RUA CORONEL FREDERICO COELHO.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/125/47.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/125/47.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE PLANEJAR A CONSTRUÇÃO/RECUPERAÇÃO DA REDE PLUVIAL PARA ENXURRADA QUE DESCE DA AVENIDA TOCANTINS, PASSANDO PELO TERRENO DO SR. TOTOCA SENTIDO CAMPO CORREGO DO ARROZ (JACI DO JOVI) NA REGIÃO DO BAIRRO GERALDO MARQUES.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/126/48.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/126/48.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O PLANEJAMENTO DA RECUPERAÇÃO/REVITALIZAÇÃO DO ANTIGO CENTRO SOCIAL DO BAIRRO SÃO VICENTE. (QUE ATUALMENTE SE ENCONTRA EM SITUAÇÃO DEGRADADA).</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/127/49.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/127/49.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O RECAPEAMENTO E DRENAGEM PLUVIAL DA RUA LEOPINHA DO PRADO ENTRE A ESQUINA DO POSTO GERALDINHO ATÉ A ESQUINA DA RUA SÃO PIO X</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/128/50.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/128/50.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR О EMBARQUE E DESEMBARQUE DE PACIENTES EM SUAS RESIDÊNCIAS JUNTO AO SERVIÇO DE TRANSPORTE FORA DO DOMICÍLIO (TFD).</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/129/51.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/129/51.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR URGENTE A PODA CAPINA, E PODA DE ÁRVORES EM TODA LATERAL DO BALNEÁRIO NA RUA JOSÉ MALÍCA ATE A ESCOLA JOSE ANTONIO DOS SANTOS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/130/52.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/130/52.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR URGENTE A PODA CAPINA, E PODA DE ÁRVORES NA AVENIDA DAS GRAVIOLAS EM TODA SUA EXTENSÃO.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/131/53.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/131/53.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR URGENTE A INTERVENÇÃO SOBRE A CERCA INSTALADA NA ESTRADA DO LADO DIREITO PROXIMO A PROPRIEDADE DO SENHOR BATISTA NA ENTRADA DO DISTRITO DE VILA FUNCHAL.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/132/54.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/132/54.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR MANUTENÇÃO DO PARQUINHO INFANTIL INSTALADO NO PARQUE DOS IPÊS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/133/55.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/133/55.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR URGENTE A MANUTENÇÃO E MELHORIA DAS RUAS DO DISTRITO DE AGROVILA, QUE SE ENCONTRA EM ESTADO CRÍTICO DE CONSERVAÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/134/56.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/134/56.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O REPARO E NIVELAMENTO DE VIAS PÚBLICAS NO DISTRITO DE GUARDA DOS FERREIROS. EM ESPECÍFICO NA RUA SONIA CRISTINA, ESQUINA COM A RUA OSCAR SATO (RUA 10) E NA_x000D_
 RUA NOSSA SENHORA DA ABADIA, NIVELAR UM QUEBRA MOLAS INVERTIDO.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/135/57.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/135/57.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR O PAGAMENTO DAS EMENDAS IMPOSITIVAS E SUBVENÇÕES ÀS ASSOCIAÇÕES EM JANEIRO.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/136/58.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/136/58.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR FISCALIZAÇÃO RIGOROSA DOS ALVARÁS DE FUNCIONAMENTO DOS BARES E SEU OBJETIVO.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/137/59.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/137/59.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VERIFICAR URGENTE À SITUAÇÃO DA RUA ELIZEU FRANCINO, BAIRRO GERALDO MARQUES, QUE SE ENCONTRA EM CONDIÇÕES EXTREMAMENTE PRECÁRIAS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/138/60.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/138/60.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A REALIZAÇÃO DE SERVIÇOS DE PODA DOS COQUEIROS, CORTE DE GRAMA E PINTURA DOS MEIOS-FIOS AO LONGO DE TODA A EXTENSÃO DA AVENIDA HERMENEGILDO JOSÉ DE OLIVEIRA,_x000D_
 LOCALIZADA NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/139/61.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/139/61.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A PINTURA DOS QUEBRA-MOLAS LOCALIZADOS NA AVENIDA TABELIÃO JOÃO LOPES, ESPECIFICAMENTE EM FRENTE AO DESPACHANTE DO BINHO E NAS PROXIMIDADES DA ANTIGA_x000D_
 SÓ FRANGO.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/140/62.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/140/62.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A OPERAÇÃO TAPA-BURACOS NA AVENIDA RIO TOCANTINS, EM TODA SUA EXTENSÃO.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/141/63.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/141/63.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZARA OPERAÇÃO TAPA-BURACOS NA RUA RIO SÃO LOURENÇO, NA ALTURA DO NUMERO 48, E PROXIMIDADES NO BAIRRO SOL NASCENTE – PROXIMO АО НОTELZINHO DA TIA LU.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/142/64.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/142/64.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR PLACAS DE PROIBIDO PARAR E ESTACIONAR NO INÍCIO DA RUA PEDRO BOUGLEX, Bairro NOSSA SENHORA DE FÁTIMA, DO LADO ESQUERDO, ATÉ A ALTURA DO ESTABELECIMENTO RENÊ MOTO PEÇAS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/143/65.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/143/65.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A IMPLANTAÇÃO DO ESPAÇO RESERVADO PARA O ESTACIONAMENTO EXCLUSIVO DE VEICULOS ESCOLARES NA ESCOLA ESTADUAL CONSELHEIRO AFONSO PENA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/144/66.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/144/66.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE EFETUAR SENTIDO ÚNICO NA RUA SÃO VICENTE SENTIDO TRAVESSA SÃO VICENTE, NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/145/67.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/145/67.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE EFETUAR SENTIDO ÚNICO NA ANTIGA RUA SEIS (6) SENTIDO CEMITÉRIO, NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/146/68.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/146/68.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE EFETUAR SENTIDO ÚNICO NA RUA OSCAR SATO (RUA 10) DA ESQUINA DA RUA SONIA CRISTINA ATÉ A ESQUINA DA RUA LUCAS TORQUATRO NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/147/69.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/147/69.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR ALTERAÇÃO DA LEI MUNICIPAL QUE TRATA DOS CONVÊNIOS PARA CESSÃO DE ESTAGIÁRIOS DE PÓS GRADUAÇÃO DO MUNICIPIO, AMPLIANDO A POSSIBILIDADE DE CONVENIAR-SE AO MINISTÉRIO PÚBLICO, POLICIA CIVIL, E DEMAIS ÓRGÃOS PÚBLICOS QUE PRESTEM RELEVANTE SERVIÇO SOCIAL.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/148/70.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/148/70.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE ASFALTAR A RUA BERLIM NO BAIRRO JARDIM EUROPА.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/149/71.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/149/71.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE DESTINAR DOIS SERVIDORES EFETIVOS PARA REALIZAÇÃO DE CURSO DE IDENTIFICADOR, NO INSTITUTO DE IDENTIFICAÇÃO EM BH.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/150/72.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/150/72.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE SOLICITAR PROVIDÊNCIA URGENTE QUANTO À SITUAÇÃO DE UM TERRENO LOCALIZADO NA RUA FREI PAULINO, ABAIXO AO NÚMERO 573, BAIRRO CENTRO.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/151/73.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/151/73.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE SOLICITAR PROVIDÊNCIAS EM RELAÇÃO A DOIS PONTOS CRITICOS DE MOBILIDADE URBANA QUE VEM GERANDO TRANSTORNOS OFERECENDO RISCOS À SEGURANÇA NO TRANSITO:_x000D_
 1. RECUO DO CANTEIRO CENTRAL NA AVENIDA RIO BRANCO, ESQUINA COM A AVENIDA DAS ROSAS._x000D_
 2. ALTERAÇÃO DO SENTIDO DE VIA NA RUA DAS VIOLETAS (VIELA AO LADO DA SUBESTAÇÃO DA CEMIG).</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/152/74.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/152/74.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR FISCALIZAÇÃO QUANTO A EMISSÃO DE NOTAS FISCAIS E RECOLHIMENTOS DEVIDOS DE ALVARÁS QUANDO CABÍVEL NAS FEIRAS ITINERANTES QUE POR VEZES SE INSTALAM NO MUNICIPIO.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/153/75.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/153/75.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A PODA NA UBS DO BAIRRO SANTA TEREZINHA</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/154/76.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/154/76.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR PODAS NAS VIAS PÚBLICAS E ÁREA DE PRAÇA DO BAIRRO PORTAL DAS PALMEIRAS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/155/77.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/155/77.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR RECOLHIMENTO DOS ANIMAIS DE RUA FEROZES, E QUE APRESENTAM RISCO SOCIEDADE, E ENCAMINHÁ-LOS DEVIDAMENTE A LOCAL COMPETENTE PARA RECEBIMENTO DE TRATAMENTO/CUIDADOS, RESPEITADA A LEGISLAÇÃO COMPETENTE VIGENTE.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/156/78.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/156/78.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE VIABILIZAR INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RUA LÁZARO SOUZA, № 541, L 01, Q 13, BAIRRO PORTAL DAS PALMEIRAS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/157/79.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/157/79.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE SOLICITAR PROVIDÊNCIAS URGENTES QUANTO À NECESSIDADE DE DRENAGEM NA PROJEÇÃO DA AVENIDA HERMENEGILDO JOSÉ DE OLIVEIRA, QUE SEGUE NOI SENTIDO DA ESTRADA RURAL GERALDO DA COTA, ONDE SE ENCONTRAM INSTALADOS DIVERSOS BARRACÕES.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/158/80.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/158/80.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR PODA E CAPINA NO LOTE DE PROPRIEDADE DO MUNICIPIO, SITUADO AО LADO DA AGÊNCIA DO INSS,E SEUS ARREDORES E NA VEGETAÇÃO PROXIMA АО MARGEAMENTO DO CORREGO CONFUSÃO A ALTURA DO Nº 22 DA RUA JOSÉ RIBEIRO DE SOUZA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/159/81.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/159/81.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A PODA DE ÁRVORES LOCALIZADO NA AVENIDA RIO BRANCO, ESPECIFICAMENTE EM FRENTE À OPHICINA DA MODA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/160/82.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/160/82.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A PODA, NO QUE LHE COMPETIR, NA RUA DAS ANTENAS, EM TODA SUA EXTENSÃO, E NOTIFICAR OS PROPRIETÁRIOS DE LOTES DA MESMA RUA, PARA QUE REALIZEM TAMBÉM A LIMPEZA DE SUAS ÁREAS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/161/83.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/161/83.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR PROVIDÊNCIAS QUANTO À REPOSIÇÃO E MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NA RUA AUGUSTO ALVES PINTO, BAIRRO LIRIOS DO CAMPO/BOA ESPERANÇA, BEM COMO EM SUAS IMEDIAÇÕES.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/162/84.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/162/84.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE PLANEJAR OS REPAROS NO SISTEMA DE DRENAGEM PLUVIAL QUE ATENDЕ O BAIRRO RESIDENCIAL GARCIA, CUJA REDE PASSA PELA RUA MARIA JOSÉ RESENDE COUTO, ESQUINA COM A RUA GUMERCINO LOPES DA SILVA. (FOTOS EM ANEXO).</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/163/85.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/163/85.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE SOLICITAR A LIMPEZA E MANUTENÇÃO DA REPRESA DE ABASTECIMENTO DE ÁGUA DA COMUNIDADE DE AGROVILA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/164/86.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/164/86.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A NOTIFICAÇÃO DO PROPRIETÁRIO DO LOTE SITUADO NA RUA A - AVENIDA PROGRESSO – LOGO ABAIXO DO N 115, NO BAIRRO SANTA TEREZINHA, PARA QUE PROCEDA COM A LIMPEZA DE SUA ÁREA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/165/87.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/165/87.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A INSTALAÇÃO DE SINALIZAÇÃO PARA OS REDUTORES DE VELOCIDADE, EM DISTÂNCIA REGULAMENTAR, NO DISTRITO DE CAPELINHA DO ABAETÉ.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/166/88.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/166/88.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR LIMPEZA Е COMBATE AS ERVAS DANINHAS DAS PRAÇAS SÃO SEBASTIÃO SAGRADOS CORAÇÕES.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/167/89.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/167/89.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O VIABILIZAR RECAPEAMENTO ASFÁLTICO A ALTURA DO CRUZAMENTO DAS RUAS TABELIÃO ANTONIO MELGAÇÕ COM A RUA PROFESSOR NAYTHERES DE RESENDE.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/168/90.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/168/90.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR PROVIDÊNCIAS QUANTO A VALETA ABERTA NA RUA JOSÉ MALICA, BAIRRO BOA ESPERANÇA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/169/91.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/169/91.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A REVITALIZAÇÃO ASFALTICA EM TAMPA DE BUEIRO QUE APRESENTA DESNÍVEL Á ALTURA DO N 348, CRUZAMENTO DA RUA PINHEIRO MACHADO E AVENIDA RUI BARBOSA.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/170/92.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/170/92.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR PROVIDENCIAS QUANTO A NECESSIDADE DE TAPAR UM BURACO EXISTENTE NA RUA NOSSA SENHORA DA ABADIA, NAS PROXIMIDADES DA UNIDADE DE TRATAMENTO DE ÁGUA DA COPASA, NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/171/93.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/171/93.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE PLANEJAR A REINSTALAÇÃO E SUBSTITUIÇÃO DE PLACAS DE PROIBIÇÃO DE ESTACIONAMENTO DE VEICULOS DE GRANDE PORTE NA AVENIDA BRASIL E PRAÇA CIRO FRANCO.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/172/94.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/172/94.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O VIABILIZAR RECAPEAMENTO ASFÁLTICO A ALTURA DO Nº 591, AVENIDA NOSSA SENHORA DE FÁTIMA, E SUAS PROXIMIDADES.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/173/95.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/173/95.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A INSTALAÇÃO E/OU REPARO DA ILUMINAÇÃO PÚBLICA NA RUA DAS MARGARIDAS, LOCALIZADA NO BAIRRO TAQUARIL, ESPECIFICAMENTE NO TRECHO QUE DÁ ACESSO ÀS BAIAS.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/174/96.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/174/96.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR SERVIÇO DE MANUTENÇÃO NA VIA LATERAL A RODOVIA ESTADUAL MG-235, NAS MEDIAÇÕES DO KM 83, COM A FINALIDADE DE NIVELAR E ALINHAR A ESTRADA SECUNDÁRIA, HAJA VISTA OS DIVERSOS BURACOS QUE ALI SURGIRAM, FATO QUE COLOCA EM RISCO NÃO SÓ OS CONDUTORES DE VEÍCULOS AUTOMOTORES, MAS A TODOS QUE A UTILIZAM.</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/175/97.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/175/97.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR PROVIDÊNCIAS URGENTES DIANTE DA SITUAÇÃO CRITICA ENFRENTADA PELOS MORADORES DO DISTRITO DE GUARDA DOS FERREIROS. CONFORME DESCRITO ABAIXО:_x000D_
 1. Ruas esburacadas e intransitáveis comprometendo tráfego e causando danos a veículos;_x000D_
 2. Falta de iluminação pública, o que aumenta os riscos de assaltos e acidentes;_x000D_
 3. Acumulo de lixo e mato alto em terrenos baldios e áreas públicas representando risco à saúde;_x000D_
 4. Ausência de policiamento ou patrulhamento preventivo;_x000D_
 5. Problemas de drenagem e alagamentos em dias de chuva;</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/176/98.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/176/98.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE NOTIFICAÇÃO DOS PROPRIETÁRIOS DOS TERRENOS LOCALIZADOIS NA RUA BAGUAÇU, BAIRRO PORTAL DAS PALMEIRAS, PARA QUE PROCEDAM COM A DEVIDA LIMPEZA E MANUTENÇÃO DOS TERRENOS.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/177/99.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/177/99.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE IMPLANTAÇÃO DE MÃO ÚNICA NO SENTIDO DECRESCENTE NA RUA RIO NEGRO, BAIRRO JARDIM ANA PAULA.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/298/100.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/298/100.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR RECAPEAMENTO ASFÁLTICO A ALTURA DOS N° 165 e 167, NA RUA OLÍMPIO GONÇALVES DE RESENDE.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/299/101.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/299/101.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR RECAPEAMENTO ASFÁLTICO DA RUA JOÃO ALVES FRANCO EM TODA SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/300/102.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/300/102.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE PLANEJAR A NOTIFICAÇÃO DE PROPRIETÁRIOS DE TERRENOS LOCALIZADOS NA RUA ANTONIO FERREIRA DA SILVA, JUNTAMENTE COM A ESQUINA DA AVENIDA RIO BRANCO TAMBÉM, QUE AINDA NÃO CONSTRUÍRAM AS CALÇADAS EM SUAS RESPECTIVAS PROPRIEDADES, PARA QUE REGULARIZEM ESSA PENDÊNCIA.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/301/103.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/301/103.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR RECAPEAMENTO ASFÁLTICO DA RUA PREFEITO SEBASTIÃO FONTE BOA, CONHECIDA COMO RUA DA SOMIL, EM SUA INTEGRALIDADE.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/302/104.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/302/104.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR LIMPEZA DE ÁREA URBANA, NA AVENIDA FRANCISCO FILHO, N 220, BAIRRO BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/303/105.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/303/105.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REORDENAR A DISPOSIÇÃO DA FEIRA MUNICIPAL, VISANDO A CRIAÇÃO DE CORREDORES TRANSITÁVEIS.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/304/106.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/304/106.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE POR INTERMÉDIO DE SUA SECRETARIA COMPETENTE, REALIZAR A INSTALAÇÃO DE PLACAS INDICATIVAS DE ÓRGÃOS, BIBLIOTECAS, PARQUES E OUTROS PONTOS RELEVANTES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/305/107.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/305/107.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE ESTUDE A POSSIBILIDADE DE REALIZAR A PINTURA DAS FAIXAS DE PEDESTRE NO CRUZAMENTO DA RUA G COM A RUA C, BAIRRO SANTA TEREZINHA.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/306/108.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/306/108.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZARA INSTALAÇÃO DE PLACAS DE "PROIBIDO PARA E ESTACIONAR" NA AVENIDA GOVERNADOR BIAS FORTES, ESPECIFICAMENTЕ NO QUARTEIRÃO DA IGREJA SÃO GERALDO, PREFERENCIALMENTE NO SENTIDO DE QUEM DESCE EM DIREÇÃO AO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/307/109.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/307/109.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DЕ VIABILIZAR A SINALIZAÇÃO DE DUAS VAGAS DE ESTACIONAMENTO DESTINADAS A DEFICIENTES EM FRENTE A ESCOLA ESTADUAL SÃO PIO X.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/308/110.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/308/110.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR OPERAÇÃO TAPA BURACOS NAS RUAS ANTONIO QUIRINO PRÓXIMO A ESQUINA COM A AVENIDA FRANCISCO RESENDE FILHO; RUA CASTORINA DE JESUS EM SUA INTEGRALIDADE e RUA DONA DUQUINHA A ALTURA DO Nº 12, BAIRRO BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/309/111.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/309/111.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A NOTIFICAÇÃO DA CONCESSIONÁRIA DE FORNECIMENTO DE ENERGIA PARA CORREÇÃO DO ENDEREÇO CORRESPONDENTE AOS IMÓVEIS LOCALIZADOS A RUA FLORIANOPÓLIS, BEM COMO RUA CURITIBA, AMBAS SITUADAS NO LOTEAMENTO RESIDENCIAL GARCIA.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/310/112.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/310/112.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR REVITALIZAÇÃO, INCLUINDO PINTURA, MEIO FIOS E INSTALAÇÃO DE PLACAS VERTICAIS DE TRÂNSITO EM TODA A EXTENSÃO DA RUA PADRE KERDOLE ESPECIALMENTE PRÓXIMO AO NÚMERO 204.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/311/113.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/311/113.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR PINTURA E SINALIZAÇÃO DOS QUEBRA MOLAS E TRAVESSIAS EM ELEVAÇÃO NAS SEGUINTES RUAS: RUA DAS CAMÉLIAS A ALTURA DOS N. 402, №274, AV. HERMENEGILDO JOSÉ DE OLIVEIRA A ALTURA DOS N.º № 393, № 841, № 231, AV. BRASIL ALTURA DO № 1294, AV. PREFEITO EROTIDES BATISTA A ALTURA DO № 106, AV. RUI BARBOSA A ALTURA DO № 1099, AV. RIO BRANCO A ALTURA DOS N.º 310, 182,153, RUA FREI PAULINO PROXIMO AO № 416.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/312/114.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/312/114.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE PLANEJAR INSTALAÇÃO DE ILUMINAÇÃO ORNAMENTAL NA PASSAGEM DE PEDESTRES ATUALMENTE BLOQUETADA, LOCALIZADA NO BAIRRO LIBERDADE.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/313/115.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/313/115.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR INSTALAÇÃO DE PADRÃO DE ENERGIA E CAVALETE DE ÁGUA NA PRAÇA EM FRENTE À UBS SÃO GERALDO, NO BAIRRO SÃO GERALDO.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/314/116.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/314/116.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A SUBSTITUIÇÃO DA TAMPA DO BUEIRO LOCALIZADO NA RUA OSÓRIO JOSÉ BARBOSA, N° 91 - BAIRRO SATURNINO PEREIRA.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/315/117.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/315/117.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DЕ VIABILIZAR A LIMPEZA DE LOTE URBANO SITUADO Á AVENIDA PRESIDENTE VARGAS, ALTURA DO N 938, BAIRRO CENTRO, E TAMBÉM CRIAÇÃO DE PASSEIO E MEIO FIO.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/316/118.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/316/118.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR URGENTE A INSTALAÇÃO DE "PLACAS DE PARE" NAS SEGUINTES ESQUINAS:_x000D_
 RUA JOSE MARINHO - Esquina com a Rua Olimpio Gonçalves de Resende._x000D_
 AVENIDA NOSSA SENHORA DA ABADIA - Esquina com Rua Olimpio Gonçalves de Resende.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/317/119.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/317/119.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A DISPONIBILIZAÇÃO EM REGIME DE PLANTÃO E MOTORISTA, DE UM CAMINHÃO PIPA, EM DIAS COMUNS HORARIO COMERCIAL E APÓS AS 16H, E AOS FINAIS DE SEMANA E FERIADOS, A SEREM ACIONADOS EM CASO DE SURGIMENTO DE FOCO DE QUEIMADAS ATÉ A IMPLEMENTAÇÃO DO CORPO DE BOMBEIROS EM SÃO GOTARDO.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/318/120.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/318/120.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A CONSTRUÇÃO DE QUEBRA-MOLAS COM FAIXA REFLETIVA, E SUA DEVIDA SINALIZAÇÃO VIÁRIA A ALTURA DO № 1500, RUA GOVERNADOR BIAS FORTES, EM FRENTE A RAÇÕES GOLEITE.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/338/121.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/338/121.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DЕ VIABILIZAR A INSTALAÇÃO DE FAIXA DE PEDESTRES E SINALIZAÇÃO ADEQUADA, NO ENCONTRO DA RUA GOVERNADOR BIAS FORTES COM A RUA CEL. FONTE BOA, PRÓXIMO À AUTO ESCOLA SÃO GOTARDO, BAIRRO SÃO GERALDO.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/339/122.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/339/122.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DЕ REALIZAR A INSTALAÇÃO DE SINALIZAÇÃO E REDUTORES DE VELOCIDADE, EM DISTÂNCIA REGULAMENTAR, NA RUA AGENOR GARCIA DE CAMARGOS, BAIRRO RESIDENCIAL GARCIА.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/340/123.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/340/123.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR CASO SEJAM LOTES PÚBLICOS, A PODA E CERCAMENTO, BEM COMO PARA QUE NOTIFIQUE OS PROPRIETÁRIOS, CASO SEJAM LOTES PARTICULARES, DAS PROPRIEDADES SITUADAS Á RUA MARIA JOSÉ DE JESUS, Á DIREITA E A ESQUERDA DO Nº 103, SOB PENA DE MULTA, NOS TERMOS DA LEI N 1965 DE 04 DE JUNHO DE 2013.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/341/124.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/341/124.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR PROVIDÊNCIAS ESTRADA RURAL CONHECIDA COMO ESTRADA DO SHIMANGO (CALDEIRÃO), QUE DÁ ACESSO ÀS PROPRIEDADES RURAIS DO SENHOR GÉTULIO, DO SENHOR JEFFERSON (CABELEREIRO), ENTRE OUTROS.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/342/125.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/342/125.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR PROVIDÊNCIAS QUANTO À SITUAÇÃO DE ACUMULO DE LIXOS DEIXADOS NA ESQUINA DE UM TERRENO LOCALIZADO NA RUA DOS CRAVOS, ESQUINA COM A RUA DAS PALMAS, BAIRRO_x000D_
 MANSÕES DO LAGO.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/343/126.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/343/126.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A CRIAÇÃO DE UM QUEBRA MOLAS COM FAIXA REFLETIVA DE PEDESTRES NA RUA JOSÉ PRATINHA, ALTURA DO Nº 100, BAIRRO INDUSTRIAL.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/344/127.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/344/127.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O ACESSO A PISTA INFERIOR DA AVENIDA RIO BRANCO, NA INTERCESSÃO COM A RUA JAIR PINTO DOS REIS, POR MEIO DE ABERTURA NO CANTEIRO CENTRAL DA VIA.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/345/128.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/345/128.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE OFICIAR A COMPANHIA DE SANEAMENTO DE MINAS GERAIS, ACERCA DA SITUAÇÃO DE ABANDONO DO CÓRREGO DAS VASSOURAS, AFLUENTE QUE DESAGUA NO CORREGO CONFUSÃO, PERPASSANDO POR ENTRE CASAS E COMERCIOSO NO CENTRO DO MUNICIPIO DE SÃO GOTARDO.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/346/129.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/346/129.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR UM ACORDO JUNTO AO PROPRIÉTARIO DO TERRENO LOCALIZADO NA AVENIDA NOSSA SENHORA DA ABADIA, DE FRONTE AO N° 620, BAIRRO ALTO BELA VISTA, VISANDO DEMOLIÇÃO DO MURO REMANESCENTE NO LOCAL PARA GERAR VISIBILIDADE DA VIA.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/353/providencia130.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/353/providencia130.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A LIMPEZA DOS BUEIROS LOCALIZADOS NO DISTRITO DE GUARDA DOS FERREIROS, EM ESPECIAL:_x000D_
 AVENIDA HERMENEGILDO JOSÉ DE OLIVEIRA - (toda a sua extensão)._x000D_
 RUA VIRGÍLIO INÁCIO – (Toda a sua extensão)._x000D_
 RUAS DO BAIRRO PANTANAL._x000D_
 RUAS PROXIMAS AO COMPLEXO ESPORTIVO JOÃO LUCIO DA SILVA NETO.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/354/providencia131.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/354/providencia131.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE NOTIFICAR O ORGÃO COMPETENTE PARA QUE SEJAМ ТОМADAS AS DEVIDAS PROVIDENCIAS NA RUA BRASILIA, BAIRRO LIBERDADE, ONDE ASFALTO ENCONTRA-SE CEDENDO E CAUSANDO GRANDE PREOCUPAÇÃO AOS MORADORES DA LOCALIDADE.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/355/providencia132.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/355/providencia132.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR UM LEVANTAMENTO COMPLETO DE TODAS PRAÇAS DO MUNICÍPIO, COM SEUS RESPECTIVOS ENDEREÇOS E CARACTERISTICAS PRINCIPAIS.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/356/providencia133.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/356/providencia133.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE NEGOCIAÇÃO COM А CEMIG PARA A INSTALAÇÃO DE MAIS UM POSTE DE ILUMINAÇÃO PÚBLICA NA RUA FORTUNATO COUTO, TENDO EM VISTA QUE A DISTANCIA ENTRE OS POSTES JÁ EXISTENTES É_x000D_
 MUITO GRANDE, OCASIONANDO FALTA DE ILUMINAÇÃO ADEQUADA NO LOCAL.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/357/providencia134.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/357/providencia134.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A INSTALAÇÃO DE UM QUEBRA-MOLAS NA AVENIDA RIO BRANCO, EM FRENTE À CASA VELORIO.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/358/providencia135.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/358/providencia135.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A LIMPEZA DAS VIAS PÚBLICAS NO BAIRRO BOA ESPERANÇA, ESPECIALMENTE NA RUA JOÃO FUNCHAL.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/359/providencia136.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/359/providencia136.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR SERVIÇO DE MANUTENÇÃO, 'TAРА BURACOS' MAIS PROPRIAMENTE ESPECIFICADO, EM TODA А EXTENSÃO DA RUA ÁS DE OURO, LOCALIZADA NO LOTEAMENTO ÁGUAS CLARAS NO DISTRITO DE GUARDA DOS FERREIROS, COM FINALIDADE DE NIVELAR E ALINHAR O LOGRADOURO, HАJА VISTA OS DIVERSOS BURACOS QUE ALI SURGIRAM, FATO QUE COLOCA EM RISCO NÃO SÓ OS CONDUTORES DE VEÍCULOS AUTOMOTORES, MAS A TODOS QUE A UTILIZAM.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/360/providencia137.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/360/providencia137.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR MANUTENÇÃO DA ILUMINAÇÃO INCLUINDO TROCA DE LÂMPADAS, BЕМ СОМО A INSTALAÇÃO DE NOVOS REFLETORES EM TODA A EXTENSÃO DA PISTA DE CAMINHADA QUE ESTÁ SITUADA A AVENIDA BRASIL, PRÓXIMA A SAÍDA PARA A RODOVIA MG-235.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/361/providencia138.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/361/providencia138.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR O CORTE OU A PODA DA ÁRVORE LOCALIZADA NA PRAÇA SÃO GERALDO, TENDO EM VISTA OS TRANSTORNOS QUE VEM CAUSANDO AOS MORADORES LOCAIS.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/362/providencia139.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/362/providencia139.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A LIMPEZA E RETIRADA DE ENTULHOS NA RUA JOSÉ MALÍCA, BAIRRO BOA ESPERANÇА.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/363/providencia140.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/363/providencia140.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A OPERAÇÃO TAPA-BURACOS EM TODA A EXTENSÃO DAS SEQUINTES VIAS:_x000D_
 RUA DAS LARANJEIRAS_x000D_
 RUA GANIMEDES_x000D_
 RUA DOS GIRASSÓIS_x000D_
 RUA DAS PETÚNIAS</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/364/providencia141.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/364/providencia141.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A LIMPEZA E OPERAÇÃO TAPA-BURACOS NA AVENIDA DAS GRAVIOLAS, NO ENTORNO DA ROTATÓRIA DO CESG, BEМ COMO NAS PROXIMIDADES DA ESQUINA COM A RUA JOSÉ MALÍCA, BAIRRO BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/365/providencia142.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/365/providencia142.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR UM MUTIRÃO DE LIMPEZA NO DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/366/providencia143.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/366/providencia143.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE AVERIGUAR E OU NOTIFICAR OS PROPRIETÁRIOS DOS TERRENOS QUE ESTÃO COM ACÚMULOS DE ENTULHOS E VEGETAÇÃO DENSA, LOCALIZADOS NA RUA FLORIANÓPOLIS, AO LADO DO N° 21. Е NA RUA CURITIBA, AO LADO DO N° 40, NO BAIRRO RESIDENCIAL GARCIА.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/393/providencia144.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/393/providencia144.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE SOLICITAR QUE A SECRETARIA DE OBRAS PROVIDENCIE, EM CARATER EMERGENCIAL, UM SERVIÇO PALIATIVO (COMO TERRAPLANAGEM E OUTRAS MEDIDAS CABÍVEIS) NA RUA AGOSTINHO SALU (CARTORIO DO SR. NOÉ), BEM COMO NO ENTORNO DA COOPADAP, PASSANDO PELA RUA LUIZ ISSAMU SASSAKI, DISTRITO DE GUARDA DOS FERREIROS.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/394/providencia145.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/394/providencia145.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR, COМ URGENCIA, A REINSTALAÇÃO DOS BLOQUETES NA RUA MINAS GERAIS, NO TRECHO ONDE JÁ SE ENCONTRAM SOLTOS E OCASIONARAM A FORMAÇÃO DE BURACOS.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/395/providencia146.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/395/providencia146.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DЕ VIABILIZAR NOTIFICAÇÃO DA EMPRESA IMPÉRIUS, NA PESSOA DE SEU PROPRIETÁRIO CARLOS EDUARBO BORGES, ACERCA DA DISPOSIÇÃO IRREGULAR DE RESIDUOS NA CALÇADA EM DAТА DIFERENTE DA DATA CORRETA DA COLETA E ACERCA DA NECESSIDADE DE INSTALAÇÃO DE LIXEIRAS.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/396/providencia147.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/396/providencia147.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A NOTIFICAÇÃO DO PROPRIETÁRIO DO TERRENO SITUADO A RUA JOAQUIM DOS SANTOS SIQUEIRA, ACIMA DO № 71, CENTRO.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/397/providencia148.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/397/providencia148.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR NOTIFICAÇÃO, POR INTERMÉDIO DA SECRETARIA COMPETENTE, DOS PROPRIETÁRIOS DE ANIMAIS DE GANDE PORTE, VACAS E CAVALOS, QUE TEM CIRCULADO LIVREMENTE NAS VIAS PÚBLICAS DO BAIRRO BOA ESPERANÇA, EM ESPECIAL PRÓXIMO ROTATÓRIA DA RUA DAS GRAVIOLAS.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/398/providencia149.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/398/providencia149.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR NOTIFICAÇÃO DO PROPRIETÁRIO DO LOTE, A ALTURA DO Nº 184, RUA A, BAIRRO SANTA TEREZINHA, ACERCA DA NECESSIDADE DE LIMPEZA IMEDIATA, GARANTINDO A APLICAÇÃO DA LEI MUNICIPAL N. 1.965/2013, ART. 2º.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/399/providencia150.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/399/providencia150.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR AS DEVIDAS PROVIDÊNCIAS EM RELAÇÃO AO RECOLHIMENTO DE LIXO REALIZADO PELOS FUNCIONÁRIOS DA EMPRESA TERCEIRIZADA ARX.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/400/providencia151.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/400/providencia151.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O RECAPEAMENTO ASFÁLTICO NA RUA JOSÉ MARQUES COSTA BAIRRO SÃO VICENTE, NO TRECHO DE INTERCESSÃO ENTRE AS RUAS SEBASTIÃO LEOPOLDINO DE SOUZA E JOSÉ FERREIRA DE SOUZA.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/401/providencia152.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/401/providencia152.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A ORGANIZAÇÃO DA VIA PÚBLICA, A ALTURA DO № 126, RUA MARIA GALVINA, ALTO BELA VISTA, NO QUE SE REFERE A ESCOAMENTO PLUVIAL CONSTRUIDO DESTINANDO A CHUVA PARA DENTRO DA RESIDENCIA DO PROPRIETÁRIO.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/402/pedido_de_providencia_no_153_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/402/pedido_de_providencia_no_153_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR NOTIFICAÇÃO DA EMPRESA IMPÉRIUS, NA PESSOA DE SEU PROPRIETÁRIO CARLOS EDUARDO BORGES, ACERCA DA DISPOSIÇÃO IRREGULAR DE MESAS E CADEIRAS EM VIA PÚBLICA EM DESCUMPRIMENTO A LEGISLAÇÃO LOCAL.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/403/pedido_de_providencia_no_154_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/403/pedido_de_providencia_no_154_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR RECAPEAMENTO ASFÁLTICO NA AVENIDA VEREADOR ANTÔNIO INÁCIO DA SILVA, A ALTURA DO Nº 1101, CASA 1, LÍRIOS DO CAMPO, APÓS O SUPERMERCADO SERVE MAIS.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/404/pedido_de_providencia_155_de_2025_assinado.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/404/pedido_de_providencia_155_de_2025_assinado.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL, USUFRUINDO DE SUAS PRERROGATIVAS, ESTUDE A POSSIBILIDADE DE REALIZAR A INSTALAÇÃO DE LOMBADAS COMO FERRAMENTA DE REDUTOR DE VELOCIDADE, BEM COMO SINALIZAÇÃO PREVENTIVA E ILUMINAÇÃO NA ESTRADA QUE POSSIBILITA O ACESSO DE SÃO GOTARDO A ABATÉ DO VENÂNCIOS, CONHECIDO COMO CAPELINHA DE CIMA OU CAPELINHA DO ABAETÉ. A SOLICITAÇÃO SE DÁ MAIS ESPECIFICAMENTE PARA AS MEDIAÇÕES DO BARRACÃO 'CASMIX AGRONEGÓCIOS' LOCALIZADO NA FAZENDA SÍTIO LEOPÓLIS, ONDE EXISTEM CURVAS EXTREMAMENTE ACENTUADAS E RISCO EMINENTE DE ACIDENTES, QUE INCLUSIVE, TÊM OCORRIDO COM FREQUÊNCIA NA REGIÃO.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/418/providencia156.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/418/providencia156.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR O AUMENTO DA ÁREA DO RETORNO EXISTENTE NO CANTEIRO CENTRAL DA AVENIDA NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/419/providencia157.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/419/providencia157.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR AÇÕES DE LIMPEZA, PODA E CAPINA NA PRAÇA DO BAIRRO RESIDENCIAL GARCIA, BEM COMO NA ÁREA VERDE LOCALIZADA NO FINAL DA RUA CAMPOS DO JORDÃO, EM FRENTE AO NÚMERO 34, NO REFERIDO BAIRRO.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/420/providencia158.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/420/providencia158.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR INSTALAÇÃO E MANUTENÇÃO DOS ARES-CONDICIONADOS NA UNIDADE BÁSICA DE SAÚDE (UBS) NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/421/providencia159.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/421/providencia159.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A SINALIZAÇÃO DE TRÂNSITO NAS ESQUINAS DAS RUAS PREFEITO SEBASTIÃO FONTE BOA E JOSE GONZAGA MUNIZ, BAIRRO NOSSA SENHORA DE FATIMA, EM TODA A SUA EXTENSÃO QUE RECENTEMENTE FORAM RECAPEADAS.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/422/providencia160.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/422/providencia160.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE AVERIGUAÇÃO E SE NECESSÁRIO, NOTIFICAÇÃO AO PROPRIETÁRIO DO TERRENO LOCALIZADO NA RUA CANDIDO LOPES DA SILVA, BAIRRO ALTO BELA VISTA, O QUAL FOI RECENTEMENTE RECAPEADA.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/423/providencia161.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/423/providencia161.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A PINTURA DE TODOS OS MEIOS-FIOS, REVITALIZAÇÃO E PINTURA DE TODAS AS FAIXAS DE PEDESTRES E IMPLANTAÇÃO E/OU SUBSTITUIÇÃO DA SINALIZAÇÃO VERTICAL CORRESPONDENTE NA AVENIDA RUI BARBOSA POR TODA SUA EXTENSÃO.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/473/providencia162.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/473/providencia162.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR UMA AVERIGUAÇÃO INTENSA E, SE NECESSÁRIO NOTIFICAÇÃO DO PROPRIETÁRIO DOS ANIMAIS (BOVINOS) QUE VÊM SENDO CONSTANTEMENTE VISTOS SOLTOS NA AVENIDA DAS_x000D_
 GRAVIOLAS, NAS PROXIMIDADES DA RUA JOSÉ MALICA.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/474/providencia163.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/474/providencia163.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR MEDIDAS URGENTES QUANTO AO ESCOAMENTO DE ÁGUAS PLUVIAIS E DE LIMPEZA QUE FICAM ACUMULADAS NA RUA 2, ALTURA DO N° 20, BAIRRO SÃO GERALDO.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/475/providencia164.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/475/providencia164.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR A RETIRADA DOS TOCOS DE EUCALIPTO LOCALIZADOS ÀS MARGENS DA RODOVIA QUE LIGA SÃO GOTARDO AO DISTRITO DE CAPELINHA DO ABAETÉ, NO ANTIGO TERRENO DO SR._x000D_
 TADAAKI AGOYAQUI, ATUALMENTE, SEGUNDO INFORMAÇÕES PERTENCENTE À COOPADAP.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/476/providencia165.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/476/providencia165.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A CONSTRUÇÃO DE QUEBRA-MOLAS OU TRAVESSIA ELEVADA COM FAIXA REFLETIVA NA AVENIDA PREFEITO EROTIDES BATISTA, PROXIMO AO POSTO, SAIDA EM FRENTE A VIA GOVERNADOR BIAS FORTES.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/495/providencia166.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/495/providencia166.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A INSTALAÇÃO DE 2 (DOIS) QUEBRA-MOLAS NA AVENIDA RIO BRANCO, NO SENTIDO PARQUE DOS IPÊS - CENTRO, SENDO UM EM FRENTE AO N° 639 (IGREJA SÃO DO REINO DAS TESTEMUNHAS DE JEOVÁ) E OUTRO EM FRENTE AO N° 827 (ABAIXO DA GOLDNET TELECOM).</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/515/pedido_de_providencia_168_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/515/pedido_de_providencia_168_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A IMPLEMENTAÇÃO DE SINALIZAÇÕES DE TRÂNSITO PERTINENTES, HORIZONTAL E VERTICAL, NO CRUZAMENTO DA RUA MINAS GERAIS COM A RUA PINHEIRO MACHADO.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/516/pedido_de_providencia_169_de_2025.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/516/pedido_de_providencia_169_de_2025.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE REALIZAR SERVIÇO DE RECAPEAMENTO ASFÁLTICO DAS VIAS PÚBLICAS DO BAIRRO ALTO BELA VISTA, COM ATENÇÃO ESPECIAL A RUA VAZANTE, RUA JOÃO DE SOUZA, RUA JOSÉ MARINHO E RUA SÃO JOSÉ.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/525/providencia170.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/525/providencia170.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE VIABILIZAR A SUBSTITUIÇÃO DAS MANILHAS ATUALMENTE INSTALADAS NA RUA CASEMIRO LOPES, PROXIMIDADES DO N° 98, BAIRRO GERALDO MARQUES, PROXIMO AO CAMPO DO SR. TOTOCA.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/526/providencia171.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/526/providencia171.pdf</t>
   </si>
   <si>
     <t>QUE O ÓRGÃO COMPETENTE DO PODER EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE QUE SEJAM ADOTADAS PROVIDENCIAS URGENTES NO PARQUE DOS IPÊS, TENDO EM VISTA O ESTADO DE ABANDONO EM QUE SE ENCONTRA.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>PRDEC</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projetodecreto02_20250916_161340.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projetodecreto02_20250916_161340.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da "Comenda Alysson Paolinelli" criada pela Resolução nº 323/2025.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/499/projetodecreto05.pdf</t>
+    <t>http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/499/projetodecreto05.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de títulos de Cidadania Honorária e Benemérita para o ano de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5312,68 +5312,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_lei_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/40/projeto02_20250624_172541.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/43/projeto03_20250624_172943.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_04_de_03_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_05_de_03_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/48/projeto07_20250623_174119.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/50/projeto10_20250624_123233.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/4/projeto11_20250624_124412.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/37/projeto12_20250624_125250.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/76/projeto13.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_14_de_21_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_15-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/370/projeto16_20250905_143238.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_lei_17_de_27_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/36/projeto18_20250624_131526.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_20_de_17_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_21_de_17_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_22_de_19_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/38/projeto23_20250624_133327.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_27_de_28_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/39/projeto28_20250624_133927.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/53/projeto29_20250624_163430.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/56/projeto30_20250624_171929.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/46/projeto31_20250624_134412.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/45/projeto32_20250624_173512.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_33-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_34-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_35-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_36-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_37-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_38-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/22/projeto_de_lei_39-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/23/projeto_de_lei_40-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/33/projeto_de_lei_ordinaria_no_41_de_05_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/34/projeto_de_lei_ordinaria_no_42_de_05_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/73/projeto43_20250701_142201.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/68/projeto44_20250627_164939.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/72/projeto45_20250701_142004.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/71/projeto46_20250701_141806.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/69/projeto47_20250627_165514.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/70/projeto48_20250627_163917.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/62/projeto49_20250627_164648.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/63/projeto50_20250627_164239.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/64/projeto51_20250627_165841.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/65/projeto52_20250627_170011.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/66/projeto53_20250627_170118.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/67/projeto54_20250627_170419.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/77/projeto55_20250703_135824.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/281/projeto56_20250716_174500.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/282/projeto57_20250729_172226.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/283/projeto58_20250729_172014.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/284/projeto59_20250729_171030.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/285/projeto60_20250729_170819.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/286/projeto61_20250806_133706.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/287/projeto62_20250806_133924.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/288/projeto63_20250806_134122.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/289/projeto64_20250806_134259.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/290/projeto65_20250806_134415.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/291/projeto66_20250806_134601.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/320/projeto67_20250813_130327.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/321/projeto68_20250813_130050.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/322/projeto69_20250813_125728.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/323/projeto70_20250813_125533.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/324/projeto71_20250813_125234.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/325/projeto72_20250820_133309.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/326/projeto73_20250820_133204.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/327/projeto74_20250820_141952.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/347/projeto75_20250903_131937.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/349/projeto77_20250903_131450.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/352/projeto80_20250903_130719.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/371/projeto81_20250905_151634.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/377/projeto82_20250917_124706.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/385/projeto84_merged.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/386/projeto85_merged.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/383/projeto86_20250917_131833.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/382/projeto87_20250917_131713.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/381/projeto88_20250917_135931.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/380/projeto89_20250917_131327.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/376/projeto92_20250917_130801.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/375/projeto93_20250917_130704.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/374/projeto94_20250917_130543.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/373/projeto95_20250917_123828.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/410/projeto96_20251015_135933.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/412/projeto98_20251015_141149.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/417/projeto100_20251017_163334-1-5.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/436/projeto101_20251028_124138.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/437/projeto102_20251028_124812.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/438/projeto103_20251028_124954.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/439/projeto104_20251028_124658.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/440/projeto105_20251028_124538.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/441/projeto106_20251028_123916.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/442/projeto107_20251028_124023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/443/projeto108_20251028_123411.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/444/projeto109_20251028_123629.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/445/projeto110_20251028_123733.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/448/projeto111_20251028_123241.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/449/projeto112_20251028_123118.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/450/projeto113_20251028_124324.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/451/projeto114_20251028_122938.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/452/projeto115_20251028_122706.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/453/projeto116_20251028_122257.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/455/projeto117_20251104_134111.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/456/projeto118_20251104_133948.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/457/projeto119_20251104_133801.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/458/projeto120_20251104_133635.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/459/projeto121_20251104_133502.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/460/projeto122_20251104_133335.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/461/projeto123_20251104_133039.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/462/projeto124_20251104_132825.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/478/projeto127.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/479/projeto128.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/480/projeto129.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/481/projeto130.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/482/projeto131.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/483/projeto132.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/496/projeto133.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/497/projeto134.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/498/projeto135.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/502/projeto136.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/503/projeto137.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/518/projeto139.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/520/projeto141.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/521/projeto142.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/522/projeto143.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/523/projeto144.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/524/projeto145_20251218_151624.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/539/260109125704_rotated_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/534/projeto147_2_1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/535/projeto148_1.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/536/projeto149_1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/537/projeto150_1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/42/projeto06_20250624_163937.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/44/projeto08_20250623_174611.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_lei_complementar_19-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_complementar_25-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_complementar_26-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/348/projetocomp76_20250903_131754.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/350/projetocomp78_20250903_131245.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/351/projetocomp79_20250903_130855.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/384/projetocomp83_20250917_132009.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/379/projetocomp90_20250917_131216.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/378/projetocomp91_20250917_131022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/411/projetocomp97_20251015_142626.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/416/projeto99_20251017_163844-1-3.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/463/projetocomp125_20251105_123201.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/504/projetocomp138.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/519/projeto140.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/538/projetocomp151_1.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/58/projetoresolucao01_20250625_124633.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_resolucao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_resolucao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/59/projetoresolucao04_20250625_125714.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/60/projetoresolucao05_20250625_132038.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/61/projetoresolucao06_20250625_132601.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/78/projetoresolucao07_20250704_130006.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/329/projetores08_20250821_122008.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/330/requerimento_no_04.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/331/requerimento_no_05.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/332/requerimento_no_06.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/333/requerimento_no_07.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/424/requerimento08_20251022_140039.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento09.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento10.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento11.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento12.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento13.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao01.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao02.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao03.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao04.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao05.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao06.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao07.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao08.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao09.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao10.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao11.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao12.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao13.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao14.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao15.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao16.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao17.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao18.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao19.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao20.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao21.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao22.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao23.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao24.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao25.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao26.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao27.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao28.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao29.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao30.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao31.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao32.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao33.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao34.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao35.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao36.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao37.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao38.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao39.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao40.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao41.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao42.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao43.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao44.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao45.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao46.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao47.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao48.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao49.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao50.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao51.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao52.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao53.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao54.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao55.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao56.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao57.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao58.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao59.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao60.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao61.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao62.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao63.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao64.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao65.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao66.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao67.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao68.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao69.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_70-2025_ver._roberto.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao71.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_72-2025_ver._joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_73-2025_ver._waldemario.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_no_74-2025_ver._fernando_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao75.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao76.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao77.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao78.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao79.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/252/indicacao80.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao81.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao82.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao83.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao84.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao85.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao86.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao87.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao88.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao89.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao90.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/263/indicacao91.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/264/indicacao92.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/265/indicacao93.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/266/indicacao94.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao95.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao96.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao97.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao98.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao99.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao100.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao101.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao102.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao103.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao104.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/277/indicacao105.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/278/indicacao106.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao107.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao108.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao109.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao110.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao111.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao113.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/334/114.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/335/115.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/336/116.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/337/117.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao118.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao119.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/369/indicacao120.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao121.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao122.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao123.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/390/indicacao124.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/391/indicacao125.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/392/indicacao126.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/405/indicacao_no_127_de_2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/406/indicacao_no128_de_2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_no_129_de_2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_no_130_de_2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_no_131_de_2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/425/indicacao_132.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/426/indicacao_133.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/427/indicacao_134.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_135.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/429/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/430/indicacao_137.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/431/indicacao_138.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_139.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_140.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_141.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_142.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao143.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao144.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao145.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao146.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao147.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao148.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao149.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao150.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao151.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao152.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao153.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao154.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao155.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/491/indicacao156.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/492/indicacao157.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao158.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/494/indicacao159.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao_160_de_2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_161_de_2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/507/indicacao_162_de_2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao_163_de_2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_164_de_2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_165_de_2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_166_de_2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_167_de_2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_168_20251204_130653.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/514/indicacao_169_de_2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao170.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao171.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao172.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao173.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao174.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao175.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao176.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/24/1o_substitutivo_ao_projeto_de_lei_09_-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/51/subprojeto12_20250624_125436.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/52/subprojeto20_20250624_132100.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/57/subprojeto24_20250624_174005.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/328/subprojeto36_20250820_141900.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/74/subprojeto38_20250701_151910.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/75/subprojeto39_20250701_142707.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/280/subprojeto40_20250715_135708.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/319/subprojeto64_20250820_132907.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/413/substitutivoprojeto68_20251017_164412.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/414/substitutivoprojeto69_20251017_164138.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/415/substitutivoprojeto70_20251017_164641.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/454/subprojeto94_20251028_132528.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/446/subprojeto96_20251028_131311.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/447/subprojeto98_20251028_131140.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/517/subprojeto106.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/32/1o_substitutivo_ao_projeto_de_lei_complementar_no_19_de_27_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/55/subprojeto25_20250624_170101.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/54/subprojeto26_20250624_164925.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/477/2subprojetocom126.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/79/01.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/80/02.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/81/03.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/82/04.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/83/05.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/84/06.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/85/07.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/86/08.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/87/09.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/88/10.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/89/11.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/90/12.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/91/13.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/92/14.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/93/15.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/94/16.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/95/17.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/96/18.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/97/19.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/98/20.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/99/21.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/100/22.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/101/23.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/102/24.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/103/25.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/104/26.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/105/27.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/106/28.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/107/29.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/108/30.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/109/31.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/110/32.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/111/33.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/112/34.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/113/35.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/114/36.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/115/37.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/116/38.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/117/39.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/118/40.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/119/41.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/120/42.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/121/43.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/122/44.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/123/45.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/124/46.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/125/47.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/126/48.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/127/49.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/128/50.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/129/51.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/130/52.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/131/53.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/132/54.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/133/55.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/134/56.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/135/57.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/136/58.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/137/59.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/138/60.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/139/61.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/140/62.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/141/63.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/142/64.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/143/65.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/144/66.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/145/67.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/146/68.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/147/69.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/148/70.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/149/71.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/150/72.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/151/73.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/152/74.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/153/75.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/154/76.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/155/77.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/156/78.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/157/79.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/158/80.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/159/81.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/160/82.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/161/83.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/162/84.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/163/85.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/164/86.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/165/87.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/166/88.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/167/89.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/168/90.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/169/91.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/170/92.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/171/93.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/172/94.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/173/95.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/174/96.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/175/97.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/176/98.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/177/99.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/298/100.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/299/101.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/300/102.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/301/103.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/302/104.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/303/105.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/304/106.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/305/107.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/306/108.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/307/109.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/308/110.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/309/111.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/310/112.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/311/113.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/312/114.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/313/115.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/314/116.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/315/117.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/316/118.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/317/119.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/318/120.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/338/121.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/339/122.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/340/123.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/341/124.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/342/125.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/343/126.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/344/127.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/345/128.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/346/129.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/353/providencia130.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/354/providencia131.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/355/providencia132.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/356/providencia133.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/357/providencia134.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/358/providencia135.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/359/providencia136.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/360/providencia137.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/361/providencia138.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/362/providencia139.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/363/providencia140.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/364/providencia141.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/365/providencia142.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/366/providencia143.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/393/providencia144.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/394/providencia145.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/395/providencia146.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/396/providencia147.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/397/providencia148.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/398/providencia149.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/399/providencia150.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/400/providencia151.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/401/providencia152.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/402/pedido_de_providencia_no_153_de_2025.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/403/pedido_de_providencia_no_154_de_2025.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/404/pedido_de_providencia_155_de_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/418/providencia156.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/419/providencia157.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/420/providencia158.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/421/providencia159.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/422/providencia160.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/423/providencia161.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/473/providencia162.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/474/providencia163.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/475/providencia164.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/476/providencia165.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/495/providencia166.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/515/pedido_de_providencia_168_de_2025.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/516/pedido_de_providencia_169_de_2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/525/providencia170.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/526/providencia171.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projetodecreto02_20250916_161340.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/499/projetodecreto05.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_lei_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/40/projeto02_20250624_172541.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/43/projeto03_20250624_172943.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_04_de_03_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/3/projeto_de_lei_05_de_03_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/48/projeto07_20250623_174119.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/50/projeto10_20250624_123233.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/4/projeto11_20250624_124412.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/37/projeto12_20250624_125250.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/76/projeto13.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/5/projeto_de_lei_14_de_21_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_15-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/370/projeto16_20250905_143238.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/6/projeto_de_lei_17_de_27_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/36/projeto18_20250624_131526.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/7/projeto_de_lei_20_de_17_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/8/projeto_de_lei_21_de_17_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_22_de_19_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/38/projeto23_20250624_133327.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/12/projeto_de_lei_27_de_28_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/39/projeto28_20250624_133927.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/53/projeto29_20250624_163430.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/56/projeto30_20250624_171929.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/46/projeto31_20250624_134412.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/45/projeto32_20250624_173512.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_33-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_34-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/18/projeto_de_lei_35-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/19/projeto_de_lei_36-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/20/projeto_de_lei_37-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/21/projeto_de_lei_38-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/22/projeto_de_lei_39-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/23/projeto_de_lei_40-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/33/projeto_de_lei_ordinaria_no_41_de_05_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/34/projeto_de_lei_ordinaria_no_42_de_05_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/73/projeto43_20250701_142201.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/68/projeto44_20250627_164939.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/72/projeto45_20250701_142004.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/71/projeto46_20250701_141806.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/69/projeto47_20250627_165514.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/70/projeto48_20250627_163917.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/62/projeto49_20250627_164648.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/63/projeto50_20250627_164239.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/64/projeto51_20250627_165841.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/65/projeto52_20250627_170011.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/66/projeto53_20250627_170118.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/67/projeto54_20250627_170419.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/77/projeto55_20250703_135824.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/281/projeto56_20250716_174500.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/282/projeto57_20250729_172226.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/283/projeto58_20250729_172014.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/284/projeto59_20250729_171030.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/285/projeto60_20250729_170819.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/286/projeto61_20250806_133706.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/287/projeto62_20250806_133924.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/288/projeto63_20250806_134122.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/289/projeto64_20250806_134259.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/290/projeto65_20250806_134415.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/291/projeto66_20250806_134601.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/320/projeto67_20250813_130327.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/321/projeto68_20250813_130050.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/322/projeto69_20250813_125728.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/323/projeto70_20250813_125533.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/324/projeto71_20250813_125234.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/325/projeto72_20250820_133309.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/326/projeto73_20250820_133204.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/327/projeto74_20250820_141952.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/347/projeto75_20250903_131937.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/349/projeto77_20250903_131450.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/352/projeto80_20250903_130719.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/371/projeto81_20250905_151634.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/377/projeto82_20250917_124706.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/385/projeto84_merged.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/386/projeto85_merged.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/383/projeto86_20250917_131833.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/382/projeto87_20250917_131713.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/381/projeto88_20250917_135931.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/380/projeto89_20250917_131327.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/376/projeto92_20250917_130801.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/375/projeto93_20250917_130704.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/374/projeto94_20250917_130543.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/373/projeto95_20250917_123828.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/410/projeto96_20251015_135933.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/412/projeto98_20251015_141149.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/417/projeto100_20251017_163334-1-5.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/436/projeto101_20251028_124138.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/437/projeto102_20251028_124812.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/438/projeto103_20251028_124954.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/439/projeto104_20251028_124658.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/440/projeto105_20251028_124538.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/441/projeto106_20251028_123916.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/442/projeto107_20251028_124023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/443/projeto108_20251028_123411.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/444/projeto109_20251028_123629.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/445/projeto110_20251028_123733.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/448/projeto111_20251028_123241.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/449/projeto112_20251028_123118.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/450/projeto113_20251028_124324.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/451/projeto114_20251028_122938.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/452/projeto115_20251028_122706.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/453/projeto116_20251028_122257.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/455/projeto117_20251104_134111.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/456/projeto118_20251104_133948.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/457/projeto119_20251104_133801.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/458/projeto120_20251104_133635.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/459/projeto121_20251104_133502.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/460/projeto122_20251104_133335.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/461/projeto123_20251104_133039.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/462/projeto124_20251104_132825.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/478/projeto127.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/479/projeto128.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/480/projeto129.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/481/projeto130.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/482/projeto131.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/483/projeto132.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/496/projeto133.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/497/projeto134.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/498/projeto135.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/502/projeto136.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/503/projeto137.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/518/projeto139.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/520/projeto141.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/521/projeto142.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/522/projeto143.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/523/projeto144.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/524/projeto145_20251218_151624.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/539/260109125704_rotated_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/534/projeto147_2_1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/535/projeto148_1.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/536/projeto149_1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/537/projeto150_1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/42/projeto06_20250624_163937.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/44/projeto08_20250623_174611.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_de_lei_complementar_19-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_de_lei_complementar_25-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/30/projeto_de_lei_complementar_26-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/348/projetocomp76_20250903_131754.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/350/projetocomp78_20250903_131245.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/351/projetocomp79_20250903_130855.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/384/projetocomp83_20250917_132009.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/379/projetocomp90_20250917_131216.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/378/projetocomp91_20250917_131022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/411/projetocomp97_20251015_142626.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/416/projeto99_20251017_163844-1-3.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/463/projetocomp125_20251105_123201.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/504/projetocomp138.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/519/projeto140.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/538/projetocomp151_1.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/58/projetoresolucao01_20250625_124633.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/13/projeto_de_resolucao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/35/projeto_de_resolucao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/59/projetoresolucao04_20250625_125714.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/60/projetoresolucao05_20250625_132038.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/61/projetoresolucao06_20250625_132601.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/78/projetoresolucao07_20250704_130006.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/329/projetores08_20250821_122008.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/330/requerimento_no_04.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/331/requerimento_no_05.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/332/requerimento_no_06.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/333/requerimento_no_07.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/424/requerimento08_20251022_140039.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/484/requerimento09.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/485/requerimento10.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/486/requerimento11.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/500/requerimento12.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/501/requerimento13.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/178/indicacao01.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/179/indicacao02.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/180/indicacao03.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao04.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/182/indicacao05.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/183/indicacao06.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/184/indicacao07.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao08.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/186/indicacao09.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/187/indicacao10.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao11.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao12.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao13.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao14.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao15.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao16.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao17.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao18.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao19.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao20.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao21.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao22.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao23.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao24.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao25.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao26.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao27.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao28.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao29.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao30.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao31.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao32.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao33.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao34.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao35.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao36.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/214/indicacao37.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/215/indicacao38.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/216/indicacao39.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/217/indicacao40.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/218/indicacao41.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/219/indicacao42.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/220/indicacao43.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/221/indicacao44.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/222/indicacao45.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/223/indicacao46.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao47.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao48.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao49.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao50.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao51.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao52.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao53.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao54.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/232/indicacao55.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao56.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao57.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao58.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao59.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao60.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao61.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao62.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao63.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao64.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao65.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao66.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao67.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao68.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao69.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/14/indicacao_70-2025_ver._roberto.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao71.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/16/indicacao_72-2025_ver._joao_wilson.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/17/indicacao_73-2025_ver._waldemario.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/31/indicacao_no_74-2025_ver._fernando_albuquerque.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/247/indicacao75.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/248/indicacao76.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/249/indicacao77.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao78.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao79.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/252/indicacao80.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/253/indicacao81.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/254/indicacao82.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/255/indicacao83.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao84.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao85.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao86.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/259/indicacao87.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/260/indicacao88.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/261/indicacao89.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/262/indicacao90.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/263/indicacao91.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/264/indicacao92.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/265/indicacao93.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/266/indicacao94.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/267/indicacao95.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao96.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao97.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao98.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/271/indicacao99.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/272/indicacao100.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/273/indicacao101.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/274/indicacao102.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/275/indicacao103.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao104.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/277/indicacao105.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/278/indicacao106.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/279/indicacao107.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/292/indicacao108.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/293/indicacao109.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao110.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/295/indicacao111.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/296/indicacao113.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/334/114.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/335/115.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/336/116.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/337/117.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao118.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao119.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/369/indicacao120.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao121.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/388/indicacao122.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/389/indicacao123.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/390/indicacao124.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/391/indicacao125.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/392/indicacao126.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/405/indicacao_no_127_de_2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/406/indicacao_no128_de_2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_no_129_de_2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/408/indicacao_no_130_de_2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/409/indicacao_no_131_de_2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/425/indicacao_132.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/426/indicacao_133.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/427/indicacao_134.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_135.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/429/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/430/indicacao_137.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/431/indicacao_138.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/432/indicacao_139.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/433/indicacao_140.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/434/indicacao_141.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/435/indicacao_142.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/464/indicacao143.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao144.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao145.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao146.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao147.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/469/indicacao148.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/470/indicacao149.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao150.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao151.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao152.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao153.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao154.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao155.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/491/indicacao156.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/492/indicacao157.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/493/indicacao158.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/494/indicacao159.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao_160_de_2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao_161_de_2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/507/indicacao_162_de_2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao_163_de_2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/509/indicacao_164_de_2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_165_de_2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_166_de_2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_167_de_2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/513/indicacao_168_20251204_130653.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/514/indicacao_169_de_2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/527/indicacao170.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/528/indicacao171.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao172.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/530/indicacao173.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/531/indicacao174.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/532/indicacao175.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/533/indicacao176.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/24/1o_substitutivo_ao_projeto_de_lei_09_-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/51/subprojeto12_20250624_125436.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/52/subprojeto20_20250624_132100.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/57/subprojeto24_20250624_174005.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/328/subprojeto36_20250820_141900.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/74/subprojeto38_20250701_151910.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/75/subprojeto39_20250701_142707.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/280/subprojeto40_20250715_135708.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/319/subprojeto64_20250820_132907.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/413/substitutivoprojeto68_20251017_164412.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/414/substitutivoprojeto69_20251017_164138.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/415/substitutivoprojeto70_20251017_164641.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/454/subprojeto94_20251028_132528.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/446/subprojeto96_20251028_131311.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/447/subprojeto98_20251028_131140.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/517/subprojeto106.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/32/1o_substitutivo_ao_projeto_de_lei_complementar_no_19_de_27_de_fevereiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/55/subprojeto25_20250624_170101.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/54/subprojeto26_20250624_164925.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/477/2subprojetocom126.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/79/01.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/80/02.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/81/03.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/82/04.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/83/05.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/84/06.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/85/07.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/86/08.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/87/09.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/88/10.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/89/11.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/90/12.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/91/13.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/92/14.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/93/15.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/94/16.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/95/17.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/96/18.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/97/19.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/98/20.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/99/21.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/100/22.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/101/23.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/102/24.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/103/25.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/104/26.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/105/27.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/106/28.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/107/29.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/108/30.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/109/31.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/110/32.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/111/33.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/112/34.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/113/35.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/114/36.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/115/37.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/116/38.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/117/39.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/118/40.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/119/41.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/120/42.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/121/43.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/122/44.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/123/45.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/124/46.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/125/47.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/126/48.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/127/49.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/128/50.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/129/51.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/130/52.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/131/53.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/132/54.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/133/55.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/134/56.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/135/57.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/136/58.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/137/59.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/138/60.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/139/61.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/140/62.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/141/63.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/142/64.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/143/65.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/144/66.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/145/67.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/146/68.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/147/69.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/148/70.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/149/71.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/150/72.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/151/73.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/152/74.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/153/75.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/154/76.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/155/77.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/156/78.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/157/79.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/158/80.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/159/81.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/160/82.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/161/83.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/162/84.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/163/85.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/164/86.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/165/87.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/166/88.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/167/89.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/168/90.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/169/91.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/170/92.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/171/93.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/172/94.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/173/95.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/174/96.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/175/97.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/176/98.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/177/99.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/298/100.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/299/101.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/300/102.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/301/103.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/302/104.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/303/105.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/304/106.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/305/107.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/306/108.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/307/109.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/308/110.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/309/111.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/310/112.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/311/113.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/312/114.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/313/115.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/314/116.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/315/117.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/316/118.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/317/119.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/318/120.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/338/121.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/339/122.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/340/123.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/341/124.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/342/125.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/343/126.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/344/127.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/345/128.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/346/129.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/353/providencia130.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/354/providencia131.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/355/providencia132.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/356/providencia133.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/357/providencia134.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/358/providencia135.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/359/providencia136.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/360/providencia137.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/361/providencia138.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/362/providencia139.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/363/providencia140.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/364/providencia141.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/365/providencia142.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/366/providencia143.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/393/providencia144.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/394/providencia145.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/395/providencia146.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/396/providencia147.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/397/providencia148.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/398/providencia149.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/399/providencia150.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/400/providencia151.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/401/providencia152.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/402/pedido_de_providencia_no_153_de_2025.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/403/pedido_de_providencia_no_154_de_2025.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/404/pedido_de_providencia_155_de_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/418/providencia156.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/419/providencia157.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/420/providencia158.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/421/providencia159.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/422/providencia160.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/423/providencia161.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/473/providencia162.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/474/providencia163.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/475/providencia164.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/476/providencia165.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/495/providencia166.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/515/pedido_de_providencia_168_de_2025.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/516/pedido_de_providencia_169_de_2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/525/providencia170.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/526/providencia171.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projetodecreto02_20250916_161340.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saogotardo.mg.leg.br/media/sapl/public/materialegislativa/2025/499/projetodecreto05.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H537"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="49.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="155.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="154.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>